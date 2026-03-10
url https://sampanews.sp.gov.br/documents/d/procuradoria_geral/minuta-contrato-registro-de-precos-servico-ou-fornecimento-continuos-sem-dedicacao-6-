--- v0 (2026-01-22)
+++ v1 (2026-03-10)
@@ -4615,53 +4615,55 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>CLÁUSULA DÉCIMA - OBRIGAÇÕES PERTINENTES À LGPD</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DC18FBC" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2836"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75B3DA43" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00984E36">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:r w:rsidRPr="003A2B75">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">0.1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">As Partes obrigam-se a observar e cumprir a Lei nº 13.709/2018 (Lei Geral de Proteção de Dados Pessoais - LGPD) e demais normas federais e municipais aplicáveis sobre o tema, em todas as atividades de tratamento de dados pessoais que decorram, direta ou indiretamente, da execução deste Contrato.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FC93AAC" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -4900,51 +4902,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>e)</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Garantir por si própria ou quaisquer de seus empregados, prepostos, sócios, diretores, representantes ou terceiros contratados, a confidencialidade, integridade e segurança dos dados, conforme exigido pela </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>LGPD,  não</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> podendo a CONTRATADA utilizar os dados pessoais para outros fins, com exceção daqueles adstritos à execução do objeto do presente contrato.  </w:t>
+        <w:t xml:space="preserve"> podendo a CONTRATADA utilizar os dados pessoais para outros fins, com exceção daqueles </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>adstritos</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à execução do objeto do presente contrato.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DFC05B9" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>f)</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> A CONTRATADA deverá assegurar que seus funcionários, colaboradores e terceirizados com acesso a dados pessoais recebam treinamentos adequados sobre proteção de dados, privacidade e sigilo, compatíveis com a criticidade das informações tratadas.</w:t>
       </w:r>
@@ -6045,51 +6061,51 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>CLÁUSULA DÉCIMA PRIMEIRA - GARANTIA DE EXECUÇÃO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="059AEB2B" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="233C8D51" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
+    <w:p w14:paraId="233C8D51" w14:textId="7DE72731" w:rsidR="00291FEB" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>11.1</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Para execução deste contrato, será prestada garantia no valor de R$ ....... </w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
@@ -6116,51 +6132,63 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="C9211E"/>
         </w:rPr>
         <w:t>[até 5% (cinco inteiros por cento)]</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="C9211E"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">do valor do contrato para o período de 1 (um) ano, sob qualquer das modalidades previstas no art. 96, §1º da Lei Federal n° 14.133/2021, devendo a CONTRATADA apresentá-la no prazo máximo de até 15 (quinze) dias da data da assinatura deste contrato, nos termos do art. 125, §1º, do Decreto nº 62.100/22. </w:t>
+        <w:t>do valor do contrato para o período de 1 (um) ano, sob qualquer das modalidades previstas no art. 96, §1º da Lei Federal n° 14.133/2021, devendo a CONTRATADA apresentá-la no prazo máximo de até 15 (quinze) dias da data da assinatura deste contrato, nos termos do art. 125, §1º, do Decreto nº 62.100/</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6253D333">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="650614D8" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>11.1.1</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> O seguro-garantia ou fiança bancária deverão observar os requisitos e parâmetros previstos na Portaria SF nº 338/2021 e alterações.</w:t>
       </w:r>
@@ -7300,68 +7328,86 @@
     </w:p>
     <w:p w14:paraId="6B57DA2C" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>12.13.4.</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Caso o valor da garantia seja utilizado no todo ou em parte para o pagamento da multa, esta deve ser complementada no prazo de até 10 (dez) dias úteis, contado da solicitação da CONTRATANTE. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2459CBD6" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
+    <w:p w14:paraId="2459CBD6" w14:textId="4096387C" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="EE0000"/>
         </w:rPr>
-        <w:t>(excluir as subcláusulas 12.3.3 e 12.13.4 caso não tenha sido exigida garantia contratual)</w:t>
+        <w:t>(excluir as subcláusulas 12.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6253D333">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+        <w:t>3.3 e 12.13.4 caso não tenha sido exigida garantia contratual)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23EDA257" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>12.13.5</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>. Esgotados os meios administrativos para cobrança do valor devido pela CONTRATADA à CONTRATANTE, este será encaminhado para inscrição em dívida ativa.</w:t>
       </w:r>
@@ -8063,73 +8109,85 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">CLÁUSULA DÉCIMA QUINTA - DOS CASOS OMISSOS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="317F30D6" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1995"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7781585B" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
+    <w:p w14:paraId="7781585B" w14:textId="78FC2133" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>15.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Os casos omissos serão decididos pelo CONTRATANTE, segundo as disposições contidas na Lei Federal nº 14.133/2021, Decreto Municipal nº 62.100/2021 e demais normas aplicáveis e, subsidiariamente, segundo as disposições contidas na Lei Federal nº 8.078/1990 - Código de Defesa do Consumidor, e nas normas e princípios gerais dos contratos. </w:t>
+        <w:t xml:space="preserve"> Os casos omissos serão decididos pelo CONTRATANTE, segundo as disposições contidas na Lei Federal nº 14.133/2021, Decreto Municipal nº 62.100/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04CA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6253D333">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e demais normas aplicáveis e, subsidiariamente, segundo as disposições contidas na Lei Federal nº 8.078/1990 - Código de Defesa do Consumidor, e nas normas e princípios gerais dos contratos. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38279A5D" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6259ACA3" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
@@ -8459,144 +8517,54 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="146"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="47879F1C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="EE0000"/>
         </w:rPr>
         <w:t>(Nota: utilizar esta cláusula nas hipóteses admitidas no artigo 6º, II, da Portaria PGM nº 26/2016: nos contratos com valor estimado acima de R$ 10.000.000,00 (dez milhões de reais), desde que contenham cláusula de mediação com previsão de autocomposição no âmbito da Câmara de Prevenção e Resolução Administrativa de Conflitos da Procuradoria Geral do Município.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A9D1370" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="146"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="47879F1C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76FF9A28" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
-[...20 lines deleted...]
-    <w:p w14:paraId="46C9F514" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
+    <w:p w14:paraId="444A97C9" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="003A2B75">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="146"/>
-        <w:jc w:val="both"/>
-[...67 lines deleted...]
-        <w:ind w:left="90" w:right="146"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="47879F1C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">18.2 </w:t>
       </w:r>
       <w:r w:rsidRPr="47879F1C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Não havendo solução consensual, fica eleito o foro desta Comarca para todo e qualquer procedimento judicial decorrente deste contrato, com expressa renúncia de qualquer outro, por mais especial ou privilegiado que seja ou venha a ser.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CADE2FE" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
@@ -8754,51 +8722,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00291FEB" w:rsidRPr="00984E36" w14:paraId="5250BB25" w14:textId="77777777" w:rsidTr="001F2D75">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5265" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64E979B6" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="001F2D75">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984E36">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3660" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BEF31A7" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="001F2D75">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984E36">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9054,102 +9021,82 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43A71E50" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Tahoma" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">2- [●] </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="7D42CDFB" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
       <w:pPr>
         <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Aptos" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06E51E1B" w14:textId="77777777" w:rsidR="00291FEB" w:rsidRPr="00984E36" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
-[...20 lines deleted...]
-    <w:sectPr w:rsidR="000926D9">
+    <w:sectPr w:rsidR="00291FEB" w:rsidRPr="00984E36">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3CBF1485" w14:textId="77777777" w:rsidR="00AE15CB" w:rsidRDefault="00AE15CB" w:rsidP="00291FEB">
+    <w:p w14:paraId="24406FBF" w14:textId="77777777" w:rsidR="00B834D1" w:rsidRDefault="00B834D1" w:rsidP="00291FEB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03C0E8D8" w14:textId="77777777" w:rsidR="00AE15CB" w:rsidRDefault="00AE15CB" w:rsidP="00291FEB">
+    <w:p w14:paraId="76960D8E" w14:textId="77777777" w:rsidR="00B834D1" w:rsidRDefault="00B834D1" w:rsidP="00291FEB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
@@ -9185,58 +9132,58 @@
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A682D27" w14:textId="77777777" w:rsidR="00AE15CB" w:rsidRDefault="00AE15CB" w:rsidP="00291FEB">
+    <w:p w14:paraId="7470F811" w14:textId="77777777" w:rsidR="00B834D1" w:rsidRDefault="00B834D1" w:rsidP="00291FEB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="220B3D96" w14:textId="77777777" w:rsidR="00AE15CB" w:rsidRDefault="00AE15CB" w:rsidP="00291FEB">
+    <w:p w14:paraId="18E6DF56" w14:textId="77777777" w:rsidR="00B834D1" w:rsidRDefault="00B834D1" w:rsidP="00291FEB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B64BF31" w14:textId="05C48BCD" w:rsidR="00291FEB" w:rsidRDefault="00291FEB" w:rsidP="00291FEB">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6033EC25" wp14:editId="45BD31CE">
           <wp:extent cx="2038350" cy="581025"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Imagem 1" descr="Desenho com traços pretos em fundo branco e letras pretas&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
           <wp:cNvGraphicFramePr>
@@ -9778,57 +9725,60 @@
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00291FEB"/>
     <w:rsid w:val="000926D9"/>
-    <w:rsid w:val="00222CE3"/>
     <w:rsid w:val="00291FEB"/>
+    <w:rsid w:val="003A2B75"/>
+    <w:rsid w:val="00544D64"/>
     <w:rsid w:val="0059112F"/>
     <w:rsid w:val="006718A9"/>
-    <w:rsid w:val="007D2E95"/>
-    <w:rsid w:val="00AE15CB"/>
+    <w:rsid w:val="00751178"/>
+    <w:rsid w:val="00B834D1"/>
     <w:rsid w:val="00C50053"/>
+    <w:rsid w:val="00CB17D1"/>
+    <w:rsid w:val="00F04CA6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="67F20349"/>
@@ -12056,55 +12006,55 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{f398df9c-fd0c-4829-a003-c770a1c4a063}" enabled="0" method="" siteId="{f398df9c-fd0c-4829-a003-c770a1c4a063}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
-[...1 lines deleted...]
-  <Characters>35148</Characters>
+  <Pages>20</Pages>
+  <Words>6343</Words>
+  <Characters>34256</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>292</Lines>
-  <Paragraphs>83</Paragraphs>
+  <Lines>285</Lines>
+  <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41573</CharactersWithSpaces>
+  <CharactersWithSpaces>40518</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rodrigo Bracet Miragaya</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>