--- v0 (2026-01-22)
+++ v1 (2026-03-10)
@@ -2958,71 +2958,97 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>5.8.</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> O ÓRGÃO GERENCIADOR poderá rejeitar a contratação adicional caso possa acarretar prejuízo ao fornecimento das quantidades registradas ou à sua capacidade de gerenciamento.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F298174" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1851" w:hanging="432"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56582C03" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
+    <w:p w14:paraId="56582C03" w14:textId="3D3020E7" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">5.9. </w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>Será priorizada a contratação das cotas reservadas às microempresas e empresas de pequeno porte, ressalvados os casos em que a cota reservada seja inadequada para atender às quantidades ou condições do pedido, justificadamente.</w:t>
+        <w:t xml:space="preserve">Será priorizada a contratação das cotas reservadas às microempresas e empresas de pequeno porte, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD638A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou ainda às </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD638A" w:rsidRPr="00212736">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>cooperativas que preencham as condições estabelecidas no artigo 1º, §2º, do Decreto nº 56.475/2015,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD638A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ressalvados os casos em que a cota reservada seja inadequada para atender às quantidades ou condições do pedido, justificadamente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F9D5179" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="214B5564" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -3279,75 +3305,75 @@
         </w:rPr>
         <w:t>6.5.</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> São atribuições dos ÓRGÃOS PARTICIPANTES:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="107FA9C3" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>6.5.1</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. manter-se informados sobre o andamento desta Ata de Registro de Preços, inclusive em relação às alterações porventura ocorridas, com o objetivo de dar correto cumprimento às suas disposições; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CA05E95" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>6.5.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> encaminhar ao ÓRGÃO GERENCIADOR as informações sobre as contratações efetivamente realizadas, até o quinto dia útil do mês seguinte à sua celebração; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F592B34" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="630"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6.5.3</w:t>
@@ -3616,78 +3642,84 @@
         </w:rPr>
         <w:t>, observado o prazo de vigência da ata.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B0F3A3A" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>7.3.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> O prazo de que trata a cláusula 7.3, relativo à efetivação da contratação, poderá ser prorrogado excepcionalmente, mediante solicitação ÓRGÃO NÃO PARTICIPANTE aceita pelo ÓRGÃO GERENCIADOR, desde que respeitado o limite temporal de vigência da ata de registro de preços.</w:t>
+        <w:t xml:space="preserve"> O prazo de que trata a cláusula 7.3, relativo à efetivação da contratação, poderá ser prorrogado excepcionalmente, mediante solicitação ÓRGÃO NÃO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>PARTICIPANTE aceita pelo ÓRGÃO GERENCIADOR, desde que respeitado o limite temporal de vigência da ata de registro de preços.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72399736" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="266AF226" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>7.4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> O órgão ou a entidade poderá aderir a item da ata de registro de preços da qual seja integrante, na qualidade de ÓRGÃO NÃO PARTICIPANTE, nos itens para os quais não tenha quantitativo registrado.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FD85546" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="594C447B" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -4063,68 +4095,74 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="75B0C4F3" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>9.4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>No caso de atraso ou não divulgação do(s) índice (s) de reajustamento, o contratante pagará ao contratado a importância calculada pela última variação conhecida, liquidando a diferença correspondente tão logo seja(m) divulgado(s) o(s) índice(s) definitivo(s).</w:t>
+        <w:t xml:space="preserve">No caso de atraso ou não divulgação do(s) índice (s) de reajustamento, o contratante pagará ao contratado a importância calculada pela última variação </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6253D333">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>conhecida, liquidando a diferença correspondente tão logo seja(m) divulgado(s) o(s) índice(s) definitivo(s).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="198084C8" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>9.5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Nas aferições finais, o(s) índice(s) utilizado(s) para reajuste será(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ão</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>), obrigatoriamente, o(s) definitivo(s).</w:t>
       </w:r>
@@ -4434,75 +4472,75 @@
         </w:rPr>
         <w:t>10.2.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Neste caso, a DETENTORA encaminhará, juntamente com o pedido de alteração, a documentação comprobatória que demonstre a inviabilidade do preço registrado em relação às condições inicialmente pactuadas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E8975AF" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>10.2.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> O pedido de revisão de preços será apreciado nos termos do procedimento previsto na legislação municipal. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A74A7F9" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>10.2.3.</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Não sendo comprovada a hipótese da cláusula 10.2, o pedido será indeferido e a DETENTORA deverá cumprir as obrigações estabelecidas na ata, sob pena de cancelamento do seu registro, sem prejuízo das sanções previstas nesta Ata de registro de preços, na Lei Federal nº 14.133/2021 e demais legislação aplicável.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="385CB66D" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1350"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">10.2.3.1. </w:t>
@@ -4834,81 +4872,81 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56C27D66" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>CLÁUSULA DÉCIMA SEGUNDA - CANCELAMENTO DOS PREÇOS REGISTRADOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E519901" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B67AB3C" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>12.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> O registro de preços será cancelado pelo ÓRGÃO GERENCIADOR, sem prejuízo da aplicação das penalidades cabíveis e respeitados o contraditório e a ampla defesa, quando a DETENTORA:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7320D79D" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:after="225" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="333333"/>
         </w:rPr>
@@ -5245,75 +5283,75 @@
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DCA86B2" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>13.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> O descumprimento da Ata de Registro de Preços ensejará aplicação das penalidades estabelecidas nesta cláusula.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D9E279D" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="02CBEB04">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>13.1.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="02CBEB04">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> O descumprimento dos contratos decorrentes desta Ata de Registro de Preços ensejará a aplicação das penalidades previstas no instrumento contratual (conforme Minuta de Contrato, Anexo V do Edital, que integra esta Ata).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5335388E" w14:textId="43BA7B90" w:rsidR="5BAA9578" w:rsidRDefault="5BAA9578" w:rsidP="02CBEB04">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="02CBEB04">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -5621,64 +5659,58 @@
     <w:p w14:paraId="72156072" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3921FA0A" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>13.4.4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Multa de até 2% (dois por cento) sobre o valor desta Ata de Registro de Preços, considerado o quantitativo total registrado para o período de 12 meses, </w:t>
-[...6 lines deleted...]
-        <w:t>pelo descumprimento da cláusula 4.1.2, observados os critérios da cláusula 13.6 desta Ata.</w:t>
+        <w:t xml:space="preserve"> Multa de até 2% (dois por cento) sobre o valor desta Ata de Registro de Preços, considerado o quantitativo total registrado para o período de 12 meses, pelo descumprimento da cláusula 4.1.2, observados os critérios da cláusula 13.6 desta Ata.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67821896" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>13.4.5</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>. Multa de 1% (um por cento) sobre o valor desta Ata de Registro de Preços, considerado o quantitativo total registrado para o período de 12 meses, pelo descumprimento de outras condições desta Ata, por ocorrência, desde que não constitua infração específica prevista nesta Ata ou no instrumento contratual.</w:t>
       </w:r>
@@ -5961,51 +5993,58 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27F3C8D9" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>14.1</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>. A existência de preços registrados não obriga a Administração a firmar as contratações de que deles poderão advir, facultada a realização de licitação específica para o fornecimento pretendido, devidamente justificada, sendo assegurada à DETENTORA do registro de preços a preferência em igualdade de condições.</w:t>
+        <w:t xml:space="preserve">. A existência de preços registrados não obriga a Administração a firmar as contratações de que deles poderão advir, facultada a realização de licitação específica </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>para o fornecimento pretendido, devidamente justificada, sendo assegurada à DETENTORA do registro de preços a preferência em igualdade de condições.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E6CE3C1" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="426A426C" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6369,50 +6408,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Assinaturas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47467B4B" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-30"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Representante legal do ÓRGÃO GERENCIADOR e representante(s) legal(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">) da </w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>DETENTORA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75F4BC1E" w14:textId="77777777" w:rsidR="00DA5C9D" w:rsidRPr="00984E36" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
@@ -9186,58 +9226,58 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="422B1394" w14:textId="77777777" w:rsidR="000926D9" w:rsidRDefault="000926D9"/>
     <w:sectPr w:rsidR="000926D9">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01F14CED" w14:textId="77777777" w:rsidR="00510FD7" w:rsidRDefault="00510FD7" w:rsidP="00DA5C9D">
+    <w:p w14:paraId="34DB9C3A" w14:textId="77777777" w:rsidR="00821EFA" w:rsidRDefault="00821EFA" w:rsidP="00DA5C9D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05DFA35F" w14:textId="77777777" w:rsidR="00510FD7" w:rsidRDefault="00510FD7" w:rsidP="00DA5C9D">
+    <w:p w14:paraId="28273C34" w14:textId="77777777" w:rsidR="00821EFA" w:rsidRDefault="00821EFA" w:rsidP="00DA5C9D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
@@ -9273,58 +9313,58 @@
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5EAEBA06" w14:textId="77777777" w:rsidR="00510FD7" w:rsidRDefault="00510FD7" w:rsidP="00DA5C9D">
+    <w:p w14:paraId="0A5B8E22" w14:textId="77777777" w:rsidR="00821EFA" w:rsidRDefault="00821EFA" w:rsidP="00DA5C9D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A7528CC" w14:textId="77777777" w:rsidR="00510FD7" w:rsidRDefault="00510FD7" w:rsidP="00DA5C9D">
+    <w:p w14:paraId="4005191F" w14:textId="77777777" w:rsidR="00821EFA" w:rsidRDefault="00821EFA" w:rsidP="00DA5C9D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6030ACE2" w14:textId="2285809E" w:rsidR="00DA5C9D" w:rsidRDefault="00DA5C9D" w:rsidP="00DA5C9D">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76A40177" wp14:editId="2ED4F080">
           <wp:extent cx="2038350" cy="581025"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Imagem 1" descr="Desenho com traços pretos em fundo branco e letras pretas&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
           <wp:cNvGraphicFramePr>
@@ -9844,80 +9884,84 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2127772447">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1508902676">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="93288318">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="862136574">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="896359388">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DA5C9D"/>
+    <w:rsid w:val="00041066"/>
     <w:rsid w:val="000926D9"/>
-    <w:rsid w:val="00222CE3"/>
-    <w:rsid w:val="00510FD7"/>
+    <w:rsid w:val="00212736"/>
     <w:rsid w:val="0059112F"/>
     <w:rsid w:val="006718A9"/>
+    <w:rsid w:val="00821EFA"/>
     <w:rsid w:val="009930D0"/>
     <w:rsid w:val="009E251D"/>
-    <w:rsid w:val="00AE5E17"/>
+    <w:rsid w:val="00AD638A"/>
+    <w:rsid w:val="00BE1894"/>
     <w:rsid w:val="00C50053"/>
+    <w:rsid w:val="00CB17D1"/>
     <w:rsid w:val="00DA5C9D"/>
     <w:rsid w:val="00E81D5C"/>
     <w:rsid w:val="02CBEB04"/>
     <w:rsid w:val="11A85C8E"/>
     <w:rsid w:val="2230BFE9"/>
     <w:rsid w:val="2D7104AF"/>
     <w:rsid w:val="5BAA9578"/>
     <w:rsid w:val="70188F82"/>
     <w:rsid w:val="79B2C186"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -12155,54 +12199,54 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{f398df9c-fd0c-4829-a003-c770a1c4a063}" enabled="0" method="" siteId="{f398df9c-fd0c-4829-a003-c770a1c4a063}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>5130</Words>
-  <Characters>27704</Characters>
+  <Words>5147</Words>
+  <Characters>27799</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>230</Lines>
+  <Lines>231</Lines>
   <Paragraphs>65</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32769</CharactersWithSpaces>
+  <CharactersWithSpaces>32881</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rodrigo Bracet Miragaya</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>