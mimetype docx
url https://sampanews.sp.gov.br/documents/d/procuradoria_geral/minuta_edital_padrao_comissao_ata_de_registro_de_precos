--- v0 (2026-01-22)
+++ v1 (2026-03-10)
@@ -509,211 +509,246 @@
         <w:t xml:space="preserve"> - Licitações internacionais;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E23824" w14:textId="77777777" w:rsidR="6CCCF4CA" w:rsidRPr="00984E36" w:rsidRDefault="6CCCF4CA" w:rsidP="009C41DF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="2" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>6 – Possibilidade e condições de subcontratação;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B25DFD7" w14:textId="77777777" w:rsidR="6CCCF4CA" w:rsidRPr="00984E36" w:rsidRDefault="6CCCF4CA" w:rsidP="009C41DF">
+    <w:p w14:paraId="0A507249" w14:textId="6EA81087" w:rsidR="6CCCF4CA" w:rsidRPr="00984E36" w:rsidRDefault="6CCCF4CA" w:rsidP="6F41C1CC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="2" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00984E36">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="307029BA" w:rsidRPr="00984E36">
-[...6 lines deleted...]
-    <w:p w14:paraId="29D6B04F" w14:textId="77777777" w:rsidR="7D999243" w:rsidRPr="00984E36" w:rsidRDefault="7D999243" w:rsidP="009C41DF">
+      <w:r w:rsidR="307029BA" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Penalidades específicas</w:t>
+      </w:r>
+      <w:r w:rsidR="6636D5C3" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B25DFD7" w14:textId="59F5688D" w:rsidR="6CCCF4CA" w:rsidRPr="00984E36" w:rsidRDefault="6636D5C3" w:rsidP="00B3005E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="2" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...12 lines deleted...]
-    <w:p w14:paraId="230C6577" w14:textId="77777777" w:rsidR="7D999243" w:rsidRPr="00984E36" w:rsidRDefault="3E8FD590" w:rsidP="009C41DF">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>8 – Não incidência das condições da Lei Complementar nº 123/2006 para nenhum dos lotes/itens licitados</w:t>
+      </w:r>
+      <w:r w:rsidR="307029BA" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D6B04F" w14:textId="77777777" w:rsidR="7D999243" w:rsidRPr="00984E36" w:rsidRDefault="7D999243" w:rsidP="009C41DF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="2" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="6A23C9A3" w:rsidRPr="00984E36">
-[...48 lines deleted...]
-    <w:p w14:paraId="0A6959E7" w14:textId="77777777" w:rsidR="7D999243" w:rsidRPr="00984E36" w:rsidRDefault="7D999243" w:rsidP="009C41DF">
+    </w:p>
+    <w:p w14:paraId="230C6577" w14:textId="77777777" w:rsidR="7D999243" w:rsidRPr="00984E36" w:rsidRDefault="3E8FD590" w:rsidP="009C41DF">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="2" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="1" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="4" w:color="000000"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Sempre que houver alteração</w:t>
+      </w:r>
+      <w:r w:rsidR="5043B049" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relevante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="43346CAF" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>o texto com a</w:t>
+      </w:r>
+      <w:r w:rsidR="67DE5FA7" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6A23C9A3" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">necessidade de </w:t>
+      </w:r>
+      <w:r w:rsidR="67DE5FA7" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">encaminhamento do processo para análise da unidade de assessoramento jurídico, o agente ou setor responsável deverá indicar </w:t>
+      </w:r>
+      <w:r w:rsidR="59AAB636" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e justificar </w:t>
+      </w:r>
+      <w:r w:rsidR="67DE5FA7" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="7D999243" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="6E44A8A1" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>modific</w:t>
+      </w:r>
+      <w:r w:rsidR="115AFCEB" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>ações realizadas</w:t>
+      </w:r>
+      <w:r w:rsidR="2CF6EA16" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nos autos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A6959E7" w14:textId="77777777" w:rsidR="7D999243" w:rsidRPr="00984E36" w:rsidRDefault="7D999243" w:rsidP="009C41DF">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="8" w:space="2" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="4" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="1" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="4" w:color="000000"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5E5E5"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A05A809" w14:textId="77777777" w:rsidR="766B093D" w:rsidRPr="00984E36" w:rsidRDefault="766B093D" w:rsidP="009C41DF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
@@ -767,51 +802,50 @@
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75752CC9" w14:textId="77777777" w:rsidR="002B1A20" w:rsidRPr="00984E36" w:rsidRDefault="3905DDC4" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>MINUTA DE EDITAL PADRÃO</w:t>
       </w:r>
       <w:r w:rsidR="20C878BF" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> – PREGÃO ELETRÔNICO</w:t>
       </w:r>
       <w:r w:rsidR="406EEFC3" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> – Lei Federal nº 14.133/</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="406EEFC3" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -961,98 +995,103 @@
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>PROCESSO:</w:t>
       </w:r>
       <w:r w:rsidR="00876691" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44FA65F4" w14:textId="77777777" w:rsidR="009454D9" w:rsidRPr="00984E36" w:rsidRDefault="5C4A4574" w:rsidP="009C41DF">
+    <w:p w14:paraId="44FA65F4" w14:textId="231AC6CB" w:rsidR="009454D9" w:rsidRPr="00984E36" w:rsidRDefault="31BC47BB" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00984E36">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CRITÉRIO DE JULGAMENTO</w:t>
+      </w:r>
+      <w:r w:rsidR="5C4A4574" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="5C4A4574">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00984E36">
+      <w:r w:rsidR="5C4A4574" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">MENOR PREÇO </w:t>
       </w:r>
-      <w:r w:rsidR="6EC8299F" w:rsidRPr="00984E36">
+      <w:r w:rsidR="6EC8299F" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>OU</w:t>
       </w:r>
-      <w:r w:rsidR="6EC8299F" w:rsidRPr="00984E36">
+      <w:r w:rsidR="6EC8299F" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> MAIOR DESCONTO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C3F7F05" w14:textId="2C669BE6" w:rsidR="009454D9" w:rsidRPr="00984E36" w:rsidRDefault="58652E67" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1418" w:hanging="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
@@ -2063,50 +2102,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D1AA02" w14:textId="77777777" w:rsidR="000A179D" w:rsidRPr="008B0934" w:rsidRDefault="004C752C" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005146E4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="4EC7BB64" w:rsidRPr="005146E4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="005D259A" w:rsidRPr="008B0934">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00046DF4" w:rsidRPr="005146E4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Fase</w:t>
       </w:r>
@@ -2181,51 +2221,50 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="082CA9A6" w14:textId="77777777" w:rsidR="0036323B" w:rsidRPr="008B0934" w:rsidRDefault="0036323B" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005146E4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="6CF5F587" w:rsidRPr="005146E4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00876691" w:rsidRPr="008B0934">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="005146E4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Preço e Dotação;</w:t>
       </w:r>
@@ -4355,158 +4394,160 @@
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>2. Eventual restrição de participação</w:t>
       </w:r>
       <w:r w:rsidR="36C006DD" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>/adjudicação de itens</w:t>
       </w:r>
       <w:r w:rsidR="00EB6D32" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> dever ser justificada pelo órgão licitante)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C96CC21" w14:textId="2422B6AA" w:rsidR="009020F7" w:rsidRPr="00984E36" w:rsidRDefault="668C21D5" w:rsidP="2DCF8A49">
+    <w:p w14:paraId="7C96CC21" w14:textId="2588347A" w:rsidR="009020F7" w:rsidRPr="00984E36" w:rsidRDefault="668C21D5" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:pStyle w:val="BodyText21"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
-      <w:r w:rsidR="6FFCCBE4" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="6FFCCBE4" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="6B90E1B5" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="6B90E1B5" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Para usufruir do tratamento diferenciado previsto nos artigos 42 a 45 da </w:t>
       </w:r>
-      <w:r w:rsidR="00ED10AD" w:rsidRPr="2DCF8A49">
-[...11 lines deleted...]
-      <w:r w:rsidR="002374EF" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="00ED10AD" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lei Complementar </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00ED10AD" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nº </w:t>
+      </w:r>
+      <w:r w:rsidR="6B90E1B5" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 123</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="6B90E1B5" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/2006, de acordo com o quadro constante d</w:t>
+      </w:r>
+      <w:r w:rsidR="002374EF" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">a cláusula </w:t>
       </w:r>
-      <w:r w:rsidR="6B90E1B5" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="6B90E1B5" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>2.1, as microempresas e empresas de pequeno porte, assim qualificadas nos</w:t>
       </w:r>
-      <w:r w:rsidR="4AC54EC4" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="4AC54EC4" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="6B90E1B5" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="6B90E1B5" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>termos da Lei Complementar</w:t>
       </w:r>
-      <w:r w:rsidR="00ED10AD" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="00ED10AD" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> nº</w:t>
       </w:r>
-      <w:r w:rsidR="6B90E1B5" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="6B90E1B5" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> 123/</w:t>
       </w:r>
-      <w:r w:rsidR="6E2DBC65" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="6E2DBC65" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="6B90E1B5" w:rsidRPr="2DCF8A49">
-[...15 lines deleted...]
-        <w:t>Decreto nº 56.475/2015, deverão observar as regras estabelecidas pelo Decreto nº 56.475/2015, declarando no campo próprio do sistema sua condição.</w:t>
+      <w:r w:rsidR="6B90E1B5" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>06, deverão observar as regras estabelecidas pelo Decreto nº 56.475/2015, declarando no campo próprio do sistema sua condição.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12EBA4C0" w14:textId="3855C9FA" w:rsidR="00623489" w:rsidRPr="00984E36" w:rsidRDefault="14AC084C" w:rsidP="009C41DF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="4A36B524" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -4533,124 +4574,181 @@
       <w:r w:rsidR="00ED10AD" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Lei Complementar nº</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 123/2006 fica limitada às microempresas e às empresas de pequeno porte que, no ano-calendário de realização da licitação, ainda não tenham celebrado contratos com a Administração Pública cujos valores somados extrapolem a receita bruta máxima admitida para fins de enquadramento como empresa de pequeno porte.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2658ABEB" w14:textId="77777777" w:rsidR="6800E810" w:rsidRPr="00984E36" w:rsidRDefault="6800E810" w:rsidP="009C41DF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00984E36">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2.3.2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00984E36">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00984E36">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve">Tratando-se de item exclusivo para participação de microempresas e empresas de pequeno porte, a assinalação “não”, no campo </w:t>
       </w:r>
-      <w:r w:rsidR="7D38A3B9" w:rsidRPr="00984E36">
+      <w:r w:rsidR="7D38A3B9" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve">próprio </w:t>
       </w:r>
-      <w:r w:rsidRPr="00984E36">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve">de que trata a </w:t>
       </w:r>
-      <w:r w:rsidR="4004AA62" w:rsidRPr="00984E36">
+      <w:r w:rsidR="4004AA62" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t>cláusula 2.3,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00984E36">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve"> impedirá o prosseguimento no certame</w:t>
       </w:r>
-      <w:r w:rsidR="6FF9F963" w:rsidRPr="00984E36">
+      <w:r w:rsidR="6FF9F963" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t xml:space="preserve"> para o </w:t>
       </w:r>
-      <w:r w:rsidRPr="00984E36">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t>item</w:t>
       </w:r>
-      <w:r w:rsidR="5AC56FFE" w:rsidRPr="00984E36">
+      <w:r w:rsidR="5AC56FFE" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="333333"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="64B6CB81" w14:textId="6BD95472" w:rsidR="33F0CEFD" w:rsidRPr="00B3005E" w:rsidRDefault="33F0CEFD" w:rsidP="00B3005E">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1843"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3005E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:t>2.3.3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3005E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> As referências deste edital e de seus anexos ao tratamento favorecido às microempresas e empresas de pequeno porte abrangem as cooperativas que preencham as condições estabelecidas no artigo 1º, §2º, do Decreto nº 56.475/2015.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F0D1AA" w14:textId="44CC1BFC" w:rsidR="33F0CEFD" w:rsidRPr="00B3005E" w:rsidRDefault="33F0CEFD" w:rsidP="00B3005E">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1843"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3005E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(Nota: excluir esta subcláusula caso vedada a participação de cooperativas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580FC166" w14:textId="28BC5ACC" w:rsidR="6F41C1CC" w:rsidRDefault="6F41C1CC" w:rsidP="6F41C1CC">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1843"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="333333"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="23DE523C" w14:textId="77777777" w:rsidR="00623489" w:rsidRPr="00984E36" w:rsidRDefault="00623489" w:rsidP="009C41DF">
       <w:pPr>
         <w:pStyle w:val="BodyText21"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E084818" w14:textId="77777777" w:rsidR="000A179D" w:rsidRPr="00984E36" w:rsidRDefault="0A55EBCD" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -4680,51 +4778,50 @@
         <w:t>CONDIÇÕES DE PARTICIPAÇÃO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C688296" w14:textId="77777777" w:rsidR="009A394D" w:rsidRPr="00984E36" w:rsidRDefault="2BB3A3FB" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk211595068"/>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="455B3626" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="7439EB3A" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>O interessado</w:t>
       </w:r>
       <w:r w:rsidR="65DAB7F5" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> em participar da licitação dever</w:t>
       </w:r>
@@ -5309,89 +5406,82 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>92.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66FCFDE7" w14:textId="3477C2A4" w:rsidR="4B2AB427" w:rsidRPr="00984E36" w:rsidRDefault="00873F63" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="4B2AB427" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="4B2AB427" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="050424AF" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>aquele</w:t>
       </w:r>
       <w:r w:rsidR="4B2AB427" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que mantenha vínculo de natureza técnica, comercial, econômica, financeira, trabalhista ou civil com dirigente do órgão ou entidade contratante ou com agente público que desempenhe função na licitação ou atue na fiscalização ou na gestão do contrato, ou que deles seja cônjuge, companheiro ou parente em linha reta, colateral ou por afinidade, </w:t>
-[...7 lines deleted...]
-        <w:t>até o terceiro grau;</w:t>
+        <w:t xml:space="preserve"> que mantenha vínculo de natureza técnica, comercial, econômica, financeira, trabalhista ou civil com dirigente do órgão ou entidade contratante ou com agente público que desempenhe função na licitação ou atue na fiscalização ou na gestão do contrato, ou que deles seja cônjuge, companheiro ou parente em linha reta, colateral ou por afinidade, até o terceiro grau;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D5FDE68" w14:textId="0FEA2508" w:rsidR="4B2AB427" w:rsidRPr="00984E36" w:rsidRDefault="007F45D9" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="4B2AB427" w:rsidRPr="2DCF8A49">
         <w:rPr>
@@ -6002,103 +6092,103 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="5D767384" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">licitação </w:t>
       </w:r>
       <w:r w:rsidR="6CA94132" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> contratação na qualidade de integrante de equipe de apoio, profissional especializado ou funcionário ou representante de empresa que preste assessoria técnica.</w:t>
+        <w:t xml:space="preserve"> contratação na qualidade de integrante de equipe de apoio, profissional especializado ou funcionário ou representante </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>de empresa que preste assessoria técnica.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64FA7984" w14:textId="44906EE1" w:rsidR="2DCF8A49" w:rsidRDefault="2DCF8A49" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D096A68" w14:textId="77777777" w:rsidR="73694ADE" w:rsidRPr="00984E36" w:rsidRDefault="73694ADE" w:rsidP="009C41DF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3.4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">A licitante deverá declarar, em campo próprio do sistema eletrônico, que </w:t>
-[...7 lines deleted...]
-        <w:t>está ciente e concorda com as condições do edital e anexos</w:t>
+        <w:t>A licitante deverá declarar, em campo próprio do sistema eletrônico, que está ciente e concorda com as condições do edital e anexos</w:t>
       </w:r>
       <w:r w:rsidR="7AB437F7" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="52E56223" w14:textId="77777777" w:rsidR="68FF748A" w:rsidRPr="00984E36" w:rsidRDefault="68FF748A" w:rsidP="009C41DF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="225" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AC4B551" w14:textId="77777777" w:rsidR="73AC8C1F" w:rsidRPr="00984E36" w:rsidRDefault="1F6C3081" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
@@ -6559,50 +6649,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="667C9FD1" w14:textId="77777777" w:rsidR="243A77F3" w:rsidRPr="00984E36" w:rsidRDefault="022ED6F2" w:rsidP="009C41DF">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1138" w:hanging="1138"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="1B783B7C" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4.5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="3BF58E43" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>O prazo de duração do consórcio deverá coincidir, no mínimo, com os prazos da Ata de Registro de Preços e dos contratos dela decorrentes, inclusive seus aditivos e prorrogações;</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C197209" w14:textId="77777777" w:rsidR="243A77F3" w:rsidRPr="00984E36" w:rsidRDefault="4B2DAD10" w:rsidP="009C41DF">
       <w:pPr>
@@ -6675,51 +6766,50 @@
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39111B65" w14:textId="77777777" w:rsidR="243A77F3" w:rsidRPr="00984E36" w:rsidRDefault="6F9FCBF3" w:rsidP="009C41DF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>1. Poderá ser estabelecido limite máximo para o número de empresas consorciadas, d</w:t>
       </w:r>
       <w:r w:rsidR="58061BE9" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>esde que haja justificativa técnica aprovada pela autoridade competente;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57FFEBE8" w14:textId="642CBDF3" w:rsidR="243A77F3" w:rsidRPr="00984E36" w:rsidRDefault="58061BE9" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4C94D8" w:themeColor="text2" w:themeTint="80"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
@@ -7394,93 +7484,93 @@
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>se o impugnante for pessoa física, documento emitido por órgão de identificação dos Estados, Distrito Federal e/ou documento que seja reconhecido por lei como documento de identificação, em via física ou digital; e comprovante de inscrição no Cadastro de Pessoas Físicas (CPF);</w:t>
+        <w:t xml:space="preserve">se o impugnante for pessoa física, documento emitido por órgão de identificação dos Estados, Distrito Federal e/ou documento que </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>seja reconhecido por lei como documento de identificação, em via física ou digital; e comprovante de inscrição no Cadastro de Pessoas Físicas (CPF);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A23E7B" w14:textId="1C5C7F84" w:rsidR="009838DD" w:rsidRDefault="586F6CC8" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>b)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">se o impugnante for pessoa jurídica, comprovante de inscrição no Cadastro Nacional de Pessoas Jurídicas (CNPJ), acompanhado do respectivo ato constitutivo ou de procuração, que comprove que o signatário da impugnação efetivamente representa a impugnante, </w:t>
-[...7 lines deleted...]
-        <w:t>bem como como os documentos de identificação do</w:t>
+        <w:t>se o impugnante for pessoa jurídica, comprovante de inscrição no Cadastro Nacional de Pessoas Jurídicas (CNPJ), acompanhado do respectivo ato constitutivo ou de procuração, que comprove que o signatário da impugnação efetivamente representa a impugnante, bem como como os documentos de identificação do</w:t>
       </w:r>
       <w:r w:rsidR="0038483D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>signatário mencionados n</w:t>
       </w:r>
       <w:r w:rsidR="7AF72206" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>a cláusula 6</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -8211,50 +8301,51 @@
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13C2908E" w14:textId="77777777" w:rsidR="005D5647" w:rsidRPr="00984E36" w:rsidRDefault="7ED9DA4D" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="3A8EB2E6" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>APRESENTAÇÃO DA PROPOSTA DE PREÇOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64C4AB13" w14:textId="77777777" w:rsidR="002119C8" w:rsidRPr="00984E36" w:rsidRDefault="0CC57627" w:rsidP="009C41DF">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
@@ -8361,51 +8452,50 @@
       </w:r>
       <w:r w:rsidR="190B112D" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C97581E" w14:textId="77777777" w:rsidR="41CBF040" w:rsidRPr="00984E36" w:rsidRDefault="12ECE85B" w:rsidP="009C41DF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1135" w:right="145" w:hanging="144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Hlk211605659"/>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>a)</w:t>
       </w:r>
       <w:r w:rsidR="74896C1B" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="5F235CAE" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Que </w:t>
       </w:r>
       <w:r w:rsidR="6A329E67" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>está ciente e concorda com as condições contidas no edital e seus anexos, bem como que cumpre plenamente os requisitos de habilitação definidos no instrumento convocatório;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63193DB6" w14:textId="3521105F" w:rsidR="65D9BA52" w:rsidRPr="00984E36" w:rsidRDefault="13CEE88F" w:rsidP="009C41DF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -8444,123 +8534,135 @@
       <w:r w:rsidR="6C2BE33D" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>nº 14.133</w:t>
       </w:r>
       <w:r w:rsidR="1101DA72" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="6C2BE33D" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>2021,</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> caso cooperativa;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35450326" w14:textId="44E007AC" w:rsidR="7EA2F9DF" w:rsidRPr="00984E36" w:rsidRDefault="2CBA1CE7" w:rsidP="009C41DF">
+    <w:p w14:paraId="35450326" w14:textId="42507B94" w:rsidR="7EA2F9DF" w:rsidRPr="00984E36" w:rsidRDefault="2CBA1CE7" w:rsidP="009C41DF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1135" w:right="138" w:hanging="144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>c)</w:t>
       </w:r>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> que cumpre os requisitos estabelecidos no artigo 3° da Lei Complementar nº 123</w:t>
       </w:r>
-      <w:r w:rsidR="5973E5E2" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="5973E5E2" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">2006, estando apto a usufruir do tratamento favorecido estabelecido em seus </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>arts</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. 42 a 49, observado o disposto nos §§ 1º ao 3º do art. 4º da Lei </w:t>
       </w:r>
-      <w:r w:rsidR="27B2B915" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="27B2B915" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Federal </w:t>
       </w:r>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>n.º 14.133</w:t>
       </w:r>
-      <w:r w:rsidR="0CBA8CE5" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="0CBA8CE5" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="2DCF8A49">
-[...3 lines deleted...]
-        <w:t>2021, caso enquadrado como microempresa, empresa de pequeno porte ou sociedade cooperativa a elas equiparada;</w:t>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>2021, caso enquadrado como microempresa</w:t>
+      </w:r>
+      <w:r w:rsidR="04A583CB" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> empresa de pequeno porte;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62501665" w14:textId="0491E8A6" w:rsidR="683434E3" w:rsidRPr="00984E36" w:rsidRDefault="2CBA1CE7" w:rsidP="009C41DF">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1135" w:right="139" w:hanging="144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>d)</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -8922,102 +9024,108 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>8.5</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00716CF2" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>A licitante será responsável por todas as transações que forem efetuadas em seu nome no sistema eletrônico, assumindo como firmes e verdadeiros sua proposta</w:t>
+        <w:t xml:space="preserve">A licitante será responsável por todas as transações que forem efetuadas em seu nome no sistema eletrônico, assumindo como firmes e verdadeiros </w:t>
+      </w:r>
+      <w:r w:rsidR="00716CF2" w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>sua proposta</w:t>
       </w:r>
       <w:r w:rsidR="009D67AD" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00716CF2" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>lances</w:t>
       </w:r>
       <w:r w:rsidR="009D67AD" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> e declarações</w:t>
       </w:r>
       <w:r w:rsidR="00D04356" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, inclusive os atos praticados diretamente ou por seu representante, excluída a responsabilidade do provedor do sistema ou do órgão ou entidade promotora da licitação por eventuais danos decorrentes de uso indevido das credenciais de acesso, ainda que por terceiros</w:t>
       </w:r>
       <w:r w:rsidR="00716CF2" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24C18585" w14:textId="6CE504A2" w:rsidR="00716CF2" w:rsidRPr="00984E36" w:rsidRDefault="467163B7" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>8.6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00716CF2" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>A apresentação da proposta de preços implicará em plena aceitação, por parte da licitante, das condições estabelecidas neste Edital e em seus anexos</w:t>
       </w:r>
       <w:r w:rsidR="001032BF" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A8B7E14" w14:textId="3ED92A84" w:rsidR="00716CF2" w:rsidRPr="00984E36" w:rsidRDefault="1B539498" w:rsidP="009C41DF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -9123,90 +9231,126 @@
         </w:rPr>
         <w:t>.9</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00716CF2" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Quaisquer tributos, custos e despesas diretos ou indiretos</w:t>
       </w:r>
       <w:r w:rsidR="00414750" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00716CF2" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>serão considerados como inclusos nos preços, não sendo aceitos pleitos de acréscimo, a qualquer título.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788ED2DC" w14:textId="2DF1EFCA" w:rsidR="00716CF2" w:rsidRPr="00984E36" w:rsidRDefault="7E7329B8" w:rsidP="009C41DF">
+    <w:p w14:paraId="788ED2DC" w14:textId="6AF905BC" w:rsidR="00716CF2" w:rsidRPr="00984E36" w:rsidRDefault="7E7329B8" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>8.10</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="3E3901BB" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="3E3901BB" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">A licitante declarada vencedora do certame deverá enviar a proposta de preços, </w:t>
       </w:r>
-      <w:r w:rsidR="77C1B937" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="77C1B937" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>observado o disposto neste Edital</w:t>
       </w:r>
-      <w:r w:rsidR="3E3901BB" w:rsidRPr="2DCF8A49">
-[...3 lines deleted...]
-        <w:t>, de acordo com o formulário que segue como Anexo II deste Edital, com todas as informações ali constantes, devendo ser  redigida em língua portuguesa,  com clareza, perfeitamente legível,  sem emendas, rasuras, borrões, acréscimos ou entrelinhas, ser datada, rubricada em todas as folhas e assinada por seu representante legal ou procurador,  devidamente identificado com números de  CPF e RG, e respectivo cargo na licitante.</w:t>
+      <w:r w:rsidR="3E3901BB" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, de acordo com o formulário que segue como Anexo II deste Edital, com todas as informações ali constantes, devendo ser  redigida em língua portuguesa,  com clareza, perfeitamente legível,  sem emendas, rasuras, borrões, acréscimos ou entrelinhas, ser datada, rubricada em todas as folhas e assinada por seu representante legal ou procurador,  devidamente identificado com </w:t>
+      </w:r>
+      <w:r w:rsidR="4100CA3F" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:r w:rsidR="3E3901BB" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>número de</w:t>
+      </w:r>
+      <w:r w:rsidR="3B979E17" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inscrição no</w:t>
+      </w:r>
+      <w:r w:rsidR="3E3901BB" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  CPF</w:t>
+      </w:r>
+      <w:r w:rsidR="6612C42D" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>/MF</w:t>
+      </w:r>
+      <w:r w:rsidR="3E3901BB" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, e respectivo cargo na licitante.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31C67E25" w14:textId="5F481B48" w:rsidR="00716CF2" w:rsidRDefault="189B49AC" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>8.11</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
@@ -9374,50 +9518,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30AF2816" w14:textId="77777777" w:rsidR="001E71BA" w:rsidRPr="00984E36" w:rsidRDefault="19BD89E3" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="001E71BA" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.2</w:t>
       </w:r>
       <w:r w:rsidR="00075BB3" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001E71BA" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="009D67AD" w:rsidRPr="00984E36">
         <w:rPr>
@@ -9492,51 +9637,50 @@
       <w:r w:rsidR="001E71BA" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Serão desclassificadas as propostas: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5900203B" w14:textId="77777777" w:rsidR="001E71BA" w:rsidRPr="00984E36" w:rsidRDefault="00075BB3" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1560" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>a)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001E71BA" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>cujo objeto não atenda as especificações, prazos e condições fixados neste edital e seus anexos;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="512B90C6" w14:textId="77777777" w:rsidR="001032BF" w:rsidRPr="00984E36" w:rsidRDefault="001032BF" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1560" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
@@ -10216,94 +10360,94 @@
       </w:r>
       <w:r w:rsidR="006478C9" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4290FC77" w14:textId="77777777" w:rsidR="006478C9" w:rsidRPr="00984E36" w:rsidRDefault="7C417945" w:rsidP="009C41DF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="300" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="1276"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="006478C9" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006900B2" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006478C9" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Na hipótese de o sistema eletrônico se desconectar no decorrer da etapa de envio de lances da sessão pública e permanecer acessível aos licitantes, os lances continuarão sendo recebidos, sem prejuízo dos atos realizados.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="266D8F75" w14:textId="27EC0890" w:rsidR="006478C9" w:rsidRPr="00984E36" w:rsidRDefault="18DB23DA" w:rsidP="009C41DF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="1276"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="2B84AD11" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="2B84AD11" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="2CE20801" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
@@ -10319,111 +10463,111 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> por tempo superior a dez minutos para o órgão ou a entidade promotora da licitação, a sessão pública será suspensa e reiniciada somente decorridas vinte e quatro horas após a comunicação do fato aos participantes, no sítio eletrônico utilizado para divulgação.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="637805D2" w14:textId="77777777" w:rsidR="006900B2" w:rsidRPr="00984E36" w:rsidRDefault="006900B2" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4635CD65" w14:textId="19B8D010" w:rsidR="00205888" w:rsidRPr="00984E36" w:rsidRDefault="20E6B25F" w:rsidP="009C41DF">
+    <w:p w14:paraId="4635CD65" w14:textId="6E5DDEC7" w:rsidR="00205888" w:rsidRPr="00984E36" w:rsidRDefault="20E6B25F" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="2DD6DCD6" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="2DD6DCD6" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0E8A31A7" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="0E8A31A7" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="0E8A31A7" w:rsidRPr="2DCF8A49">
-[...5 lines deleted...]
-      <w:r w:rsidR="49BEE348" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="0E8A31A7" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             No caso de haver a participação de microempresas e empresas de pequeno porte, </w:t>
+      </w:r>
+      <w:r w:rsidR="49BEE348" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">será observado o que segue, no tocante aos itens (lotes) para os quais incida o tratamento diferenciado previsto na </w:t>
       </w:r>
-      <w:r w:rsidR="00620782" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="00620782" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Lei Complementar nº</w:t>
       </w:r>
-      <w:r w:rsidR="49BEE348" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="49BEE348" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> 123/2006, conforme descrito na cláusula 2.1 deste Edital</w:t>
       </w:r>
-      <w:r w:rsidR="0E8A31A7" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="0E8A31A7" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FFDCEF6" w14:textId="5C3922D5" w:rsidR="52904815" w:rsidRPr="00984E36" w:rsidRDefault="5308ECB5" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Hlk205543232"/>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -10482,232 +10626,262 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p w14:paraId="463F29E8" w14:textId="77777777" w:rsidR="00F878DD" w:rsidRPr="00984E36" w:rsidRDefault="00F878DD" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="5B9BD5"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35A882C9" w14:textId="4F3FB7A7" w:rsidR="00205888" w:rsidRPr="00984E36" w:rsidRDefault="6D3392AF" w:rsidP="009C41DF">
+    <w:p w14:paraId="35A882C9" w14:textId="67855F25" w:rsidR="00205888" w:rsidRPr="00984E36" w:rsidRDefault="6D3392AF" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="00205888" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="00205888" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.8.1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00205888" w:rsidRPr="2DCF8A49">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BE7BC8" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="00205888" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Antes da classificação definitiva de preços, caso a melhor oferta não tenha sido apresentada por microempresa ou empresa de pequeno porte,</w:t>
+      </w:r>
+      <w:r w:rsidR="6D98354D" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00205888" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>o sistema utilizado verificará se ocorreu empate ficto previsto no § 2º do artigo 44 da Lei Complementar nº 123/2006 e Decreto nº 56.475/2015, ou seja,</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7BC8" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> as</w:t>
       </w:r>
-      <w:r w:rsidR="00205888" w:rsidRPr="2DCF8A49">
-[...6 lines deleted...]
-    <w:p w14:paraId="46EFF093" w14:textId="2488CF84" w:rsidR="00205888" w:rsidRPr="00984E36" w:rsidRDefault="75244BF4" w:rsidP="009C41DF">
+      <w:r w:rsidR="00205888" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> propostas apresentadas por microempresas ou empresas de pequeno porte</w:t>
+      </w:r>
+      <w:r w:rsidR="1883FF87" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00205888" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>com valores até 5% (cinco por cento) acima do melhor preço ofertado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46EFF093" w14:textId="02A005BB" w:rsidR="00205888" w:rsidRPr="00984E36" w:rsidRDefault="75244BF4" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="00205888" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="00205888" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.8.2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00205888" w:rsidRPr="2DCF8A49">
-[...6 lines deleted...]
-    <w:p w14:paraId="1E377DA3" w14:textId="77777777" w:rsidR="00205888" w:rsidRPr="00984E36" w:rsidRDefault="5A0C9FD3" w:rsidP="009C41DF">
+      <w:r w:rsidR="00205888" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Em caso positivo, a microempresa ou empresa de pequeno porte convocada poderá apresentar proposta de preço inferior àquela, à primeira classificada no prazo de 5 (cinco) minutos, sob pena de preclusão.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E377DA3" w14:textId="38B301CB" w:rsidR="00205888" w:rsidRPr="00984E36" w:rsidRDefault="5A0C9FD3" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="00205888" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="00205888" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.8.3</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00205888" w:rsidRPr="2DCF8A49">
-[...15 lines deleted...]
-        <w:t xml:space="preserve">não exerça o benefício de ofertar preço inferior à primeira classificada ou não o faça no tempo aprazado, o sistema automaticamente convocará as ME/EPP/COOP remanescentes que, porventura, se enquadrem na hipótese do empate ficto, na ordem classificatória, para exercício do mesmo direito, sucessivamente, se for o caso. </w:t>
+      <w:r w:rsidR="00205888" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Caso a microempresa ou empresa de pequeno porte</w:t>
+      </w:r>
+      <w:r w:rsidR="00A6768A" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> convocada </w:t>
+      </w:r>
+      <w:r w:rsidR="00205888" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">não exerça o benefício de ofertar preço inferior à primeira classificada ou não o faça no tempo aprazado, o sistema automaticamente convocará as remanescentes que, porventura, se enquadrem na hipótese do empate ficto, na ordem classificatória, para exercício do mesmo direito, sucessivamente, se for o caso. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38911773" w14:textId="77777777" w:rsidR="00205888" w:rsidRPr="00984E36" w:rsidRDefault="2EF403EA" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843" w:hanging="850"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00205888" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">.8.4  </w:t>
       </w:r>
       <w:r w:rsidR="00205888" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Se</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00205888" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> houver equivalência entre os valores apresentados pelas microempresas e empresas de pequeno porte que se encontrem nos intervalos apontados nos itens anteriores, será realizado sorteio para que se identifique aquela que primeiro poderá apresentar melhor oferta.</w:t>
+        <w:t xml:space="preserve"> houver equivalência entre os valores apresentados pelas microempresas e empresas de pequeno porte que se encontrem </w:t>
+      </w:r>
+      <w:r w:rsidR="00205888" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>nos intervalos apontados nos itens anteriores, será realizado sorteio para que se identifique aquela que primeiro poderá apresentar melhor oferta.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48F01CB1" w14:textId="3047C984" w:rsidR="002D3214" w:rsidRPr="00984E36" w:rsidRDefault="011DEEF3" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00E36681" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -11008,94 +11182,118 @@
       <w:r w:rsidR="6F405894" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">a proposta será desclassificada e </w:t>
       </w:r>
       <w:r w:rsidR="66A6E5E5" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>a negociação poderá ser realizada com os demais licitantes</w:t>
       </w:r>
       <w:r w:rsidR="4EA01794" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, observada a ordem de classificação</w:t>
       </w:r>
       <w:r w:rsidR="66A6E5E5" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5076A6BD" w14:textId="77777777" w:rsidR="66A6E5E5" w:rsidRPr="00984E36" w:rsidRDefault="21FDED58" w:rsidP="009C41DF">
+    <w:p w14:paraId="5076A6BD" w14:textId="46589253" w:rsidR="66A6E5E5" w:rsidRPr="00984E36" w:rsidRDefault="21FDED58" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="66A6E5E5" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidR="2955D10B" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="66A6E5E5" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>O licitante mais bem classificado deverá, no prazo de 2 (duas) horas, prorrogável a partir e solicitação fundamentada, enviar a proposta adequada ao último lance ofertado após a negociação realizada.</w:t>
+        <w:t xml:space="preserve">O licitante mais bem classificado deverá, no prazo de 2 (duas) horas, prorrogável </w:t>
+      </w:r>
+      <w:r w:rsidR="001D397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mediante </w:t>
+      </w:r>
+      <w:r w:rsidR="66A6E5E5" w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>solicitação fundamentada</w:t>
+      </w:r>
+      <w:r w:rsidR="001D397F">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e autorização do pregoeiro</w:t>
+      </w:r>
+      <w:r w:rsidR="66A6E5E5" w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>, enviar a proposta adequada ao último lance ofertado após a negociação realizada.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45CA488E" w14:textId="77777777" w:rsidR="66A6E5E5" w:rsidRPr="00984E36" w:rsidRDefault="4BEAF444" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="66A6E5E5" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -11779,86 +11977,98 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Decorrido o prazo inicial, o sistema encaminhará aviso de fechamento iminente dos la</w:t>
       </w:r>
       <w:r w:rsidR="5AC088D6" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="7C895487" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">ces </w:t>
       </w:r>
       <w:r w:rsidR="7C895487" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>e, transcorrido o período de até dez minutos, aleatoriamente determinado, a recepção de lances será automaticamente encerrada.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A59AD18" w14:textId="77777777" w:rsidR="00A764DD" w:rsidRPr="00984E36" w:rsidRDefault="52E7C159" w:rsidP="009C41DF">
+    <w:p w14:paraId="3A59AD18" w14:textId="4EF2623A" w:rsidR="00A764DD" w:rsidRPr="00984E36" w:rsidRDefault="52E7C159" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="6253D333">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
-      <w:r w:rsidR="008B15C8" w:rsidRPr="6253D333">
+      <w:r w:rsidR="008B15C8" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A764DD" w:rsidRPr="6253D333">
-[...3 lines deleted...]
-        <w:t>Em sequência, será aberta oportunidade para que o autor da oferta de valor mais baixo, bem como os das ofertas com valores de até 10% (dez por cento) superiores possam apresentar lance final e fechado em até 5 (cinco) minutos, podendo os licitantes, nestas condições, optarem por manter o último lance da etapa aberta ou ofertar melhor lance. O lance final será sigiloso até o encerramento deste prazo.</w:t>
+      <w:r w:rsidR="00A764DD" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Em sequência, será aberta oportunidade para que o autor da </w:t>
+      </w:r>
+      <w:r w:rsidR="596F23FC" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">melhor </w:t>
+      </w:r>
+      <w:r w:rsidR="00A764DD" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>oferta, bem como os das ofertas com valores de até 10% (dez por cento) superiores possam apresentar lance final e fechado em até 5 (cinco) minutos, podendo os licitantes, nestas condições, optarem por manter o último lance da etapa aberta ou ofertar melhor lance. O lance final será sigiloso até o encerramento deste prazo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52917CB4" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="5A8C105A" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="008B15C8" w:rsidRPr="00984E36">
         <w:rPr>
@@ -12792,51 +13002,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>o item</w:t>
       </w:r>
       <w:r w:rsidR="47437576" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="367B6C09" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>3.7</w:t>
       </w:r>
       <w:r w:rsidR="1EA776BA" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> em nome da empresa licitante e também de seu sócio majoritário, de forma a verificar a existência de sanção que impeça a participação no certame e futura contratação</w:t>
+        <w:t xml:space="preserve"> em nome da empresa licitante </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="1EA776BA" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>e também</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="1EA776BA" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de seu sócio majoritário, de forma a verificar a existência de sanção que impeça a participação no certame e futura contratação</w:t>
       </w:r>
       <w:r w:rsidR="4997055F" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="4997055F" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>garantida a manifestação do licitante previamente a eventual desclassificação.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AE78D30" w14:textId="77777777" w:rsidR="00B5065A" w:rsidRPr="00984E36" w:rsidRDefault="00931EF7" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
@@ -13570,363 +13796,464 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>13.5.1</w:t>
       </w:r>
       <w:r w:rsidR="727348E1" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="6933707C" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Habilitação jurídica: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F06D0B2" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="6933707C" w:rsidP="2DCF8A49">
+    <w:p w14:paraId="34074661" w14:textId="7E5ECAA1" w:rsidR="009838DD" w:rsidRDefault="6933707C" w:rsidP="6F41C1CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
-      <w:r w:rsidRPr="2DCF8A49">
-[...6 lines deleted...]
-    <w:p w14:paraId="420AC6B6" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="6933707C" w:rsidP="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Registro empresarial na Junta Comercial, no caso de empresário individual ou </w:t>
+      </w:r>
+      <w:r w:rsidR="26DD4210" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>sociedade limitada unipessoal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F06D0B2" w14:textId="159074C2" w:rsidR="009838DD" w:rsidRPr="00B3005E" w:rsidRDefault="12D8694D" w:rsidP="6F41C1CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="42A9C4B1" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="6933707C" w:rsidP="2DCF8A49">
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3005E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Nota: </w:t>
+      </w:r>
+      <w:r w:rsidR="5F36ADAC" w:rsidRPr="00B3005E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>de acordo com o art. 41 da Lei Federal nº 14.195/2021, as empresas individuais de responsabilidade limitada existentes na data da entrada em vigor desta Lei serão transformadas em sociedades limitadas unipessoais independentemente de qualquer alteração em seu ato constitutivo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="420AC6B6" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="6933707C" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>c)</w:t>
+        <w:t>b)</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Documentos de eleição ou designação dos atuais administradores, tratando-se de sociedades empresárias ou cooperativas; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1889A089" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="6933707C" w:rsidP="2DCF8A49">
+        <w:t xml:space="preserve"> Ato constitutivo, estatuto ou contrato social atualizado e registrado na Junta Comercial, em se tratando de sociedade empresária ou cooperativa, devendo o estatuto, no caso das cooperativas, estar adequado, na forma prevista nos artigos 27 e 28 da Lei Federal n. 12.690/2012; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A9C4B1" w14:textId="3141FC0E" w:rsidR="009838DD" w:rsidRDefault="6933707C" w:rsidP="6F41C1CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2DCF8A49">
-[...14 lines deleted...]
-    <w:p w14:paraId="15E66976" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="7C633F1C" w:rsidP="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>c)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Documentos de eleição ou designação dos atuais administradores, tratando-se de sociedades empresárias ou cooperativas</w:t>
+      </w:r>
+      <w:r w:rsidR="0A88E7B3" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0A88E7B3" w:rsidRPr="00B3005E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quando tal informação já não estiver contida no documento de que trata a alínea </w:t>
+      </w:r>
+      <w:r w:rsidR="0A88E7B3" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="0A88E7B3" w:rsidRPr="00B3005E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> desta cláusula</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1889A089" w14:textId="05860685" w:rsidR="009838DD" w:rsidRDefault="6933707C" w:rsidP="6F41C1CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="3FC6A4BC" w14:textId="42640388" w:rsidR="009838DD" w:rsidRDefault="0F919B73" w:rsidP="2DCF8A49">
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>d)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ato constitutivo atualizado e registrado no Registro Civil de Pessoas Jurídicas tratando-se de sociedade não empresária, acompanhado de prova da diretoria em exercício</w:t>
+      </w:r>
+      <w:r w:rsidR="435E4032" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="435E4032" w:rsidRPr="00B3005E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>quando tal informação já não estiver contida no ato constitutivo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E66976" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="7C633F1C" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>f</w:t>
-[...31 lines deleted...]
-    <w:p w14:paraId="2DBF0D7D" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="009838DD" w:rsidP="2DCF8A49">
+        <w:t xml:space="preserve">e) </w:t>
+      </w:r>
+      <w:r w:rsidR="046755CB" w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Ato</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de autorização, tratando-se de sociedade empresária estrangeira em funcionamento no País</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC6A4BC" w14:textId="42640388" w:rsidR="009838DD" w:rsidRDefault="0F919B73" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="41874B86" w14:textId="72C7F494" w:rsidR="009838DD" w:rsidRDefault="2AB71DCB" w:rsidP="2DCF8A49">
+      <w:r w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="3E8E94D6" w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="3E8E94D6" w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC4E16" w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="7C633F1C" w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>to de registro ou autorização expedido pelo órgão competente, quando a atividade assim o exigir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DBF0D7D" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="009838DD" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...23 lines deleted...]
-    <w:p w14:paraId="242531F4" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="237B47D8" w:rsidP="2DCF8A49">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41874B86" w14:textId="72C7F494" w:rsidR="009838DD" w:rsidRDefault="2AB71DCB" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-        </w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="3A761532" w14:textId="4C26253D" w:rsidR="009838DD" w:rsidRDefault="002374EF" w:rsidP="2DCF8A49">
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6253D333">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">13.5.2 </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="237B47D8" w:rsidRPr="6253D333">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regularidade fiscal, social e trabalhista: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="242531F4" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="237B47D8" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-        <w:t>b)</w:t>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>a)</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="5D20923F" w14:textId="00747883" w:rsidR="009838DD" w:rsidRDefault="002374EF" w:rsidP="2DCF8A49">
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prova de inscrição no Cadastro Nacional de Pessoa Jurídica – CNPJ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A761532" w14:textId="4C26253D" w:rsidR="009838DD" w:rsidRDefault="002374EF" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>b)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Certidão de regularidade de débitos relativos a tributos federais e à </w:t>
+      </w:r>
+      <w:r w:rsidR="00883E66" w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>dívida</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ativa da União, inclusive as contribuições sociais; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D20923F" w14:textId="00747883" w:rsidR="009838DD" w:rsidRDefault="002374EF" w:rsidP="2DCF8A49">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1843"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="237B47D8" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="237B47D8" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -14230,50 +14557,51 @@
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(a depender do objeto licitado)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17FBD7E7" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="05902E07" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2268"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>d.1)</w:t>
       </w:r>
       <w:r w:rsidR="7A182C40" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="7A182C40" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">No caso </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="7A182C40" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>da</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="7A182C40" w:rsidRPr="2DCF8A49">
@@ -14336,107 +14664,65 @@
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Certificado de Regularidade de Situação para com o Fundo de Garantia de Tempo de Serviço (FGTS).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="138BB28B" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="529627F6" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="7BFB05BE" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="7BFB05BE" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Prova de inexistência de débitos inadimplidos perante a Justiça do Trabalho, mediante a apresentação de correspondente certidão negativa</w:t>
-      </w:r>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Declaração, sob as penas da Lei, de ciência sobre a impossibilidade de contratar com a Administração Municipal caso possua inscrição no Cadastro Informativo Municipal - CADIN MUNICIPAL</w:t>
       </w:r>
       <w:r w:rsidR="00137CF9" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02F2C34E" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="009838DD" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1302ED71" w14:textId="07B0BA98" w:rsidR="009838DD" w:rsidRDefault="5B8CF2D6" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
@@ -14573,104 +14859,147 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>b)</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="3F107DC6" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Comprovação de boa situação financeira, conforme segue:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA81A7D" w14:textId="5E841171" w:rsidR="009838DD" w:rsidRDefault="0A311313" w:rsidP="2DCF8A49">
+    <w:p w14:paraId="5BA81A7D" w14:textId="624C0457" w:rsidR="009838DD" w:rsidRDefault="0A311313" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2268"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidR="5B0F80A0" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="5B0F80A0" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
-      <w:r w:rsidR="673DDE6F" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="673DDE6F" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="5B0F80A0" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="5B0F80A0" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="3F107DC6" w:rsidRPr="2DCF8A49">
-[...5 lines deleted...]
-      <w:r w:rsidR="23CEABA7" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="3F107DC6" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Apresentação do balanço patrimonial</w:t>
+      </w:r>
+      <w:r w:rsidR="6EE6D052" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e</w:t>
+      </w:r>
+      <w:r w:rsidR="3F107DC6" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> demonstração de resultado de exercício dos 2 (dois) últimos exercícios sociais</w:t>
+      </w:r>
+      <w:r w:rsidR="23CEABA7" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="488D8279" w14:textId="52B9CA73" w:rsidR="6F774CD7" w:rsidRPr="00B3005E" w:rsidRDefault="6F774CD7" w:rsidP="6F41C1CC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="2268"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3005E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3005E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>Nota: Poderão ser exigidas outras declarações contábeis, a serem especificadas neste subitem, desde que sejam pertinentes à prova da qualificação financeira no caso concreto, conforme justificativa expressa da unidade contratante)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65E94FE2" w14:textId="40A4444B" w:rsidR="009838DD" w:rsidRDefault="56114BAD" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2552" w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0A77F66F" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -14804,50 +15133,51 @@
         <w:ind w:left="1843" w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DD3CEFA" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="1DF0FC7F" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">b.2) </w:t>
       </w:r>
       <w:r w:rsidR="31AFB0D0" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Demonstração </w:t>
       </w:r>
       <w:r w:rsidR="009C41DF" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="68BE2E84" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">os seguintes </w:t>
       </w:r>
       <w:r w:rsidR="31AFB0D0" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>índice</w:t>
@@ -15023,97 +15353,108 @@
           <w:i/>
           <w:iCs/>
           <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
         </w:rPr>
         <w:t xml:space="preserve">(indicar os índices </w:t>
       </w:r>
       <w:r w:rsidR="6E3A0CE1" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
         </w:rPr>
         <w:t>mínimos exigidos</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="707A30B5" w14:textId="6BD4378C" w:rsidR="009838DD" w:rsidRDefault="0D8164FA" w:rsidP="2DCF8A49">
+    <w:p w14:paraId="707A30B5" w14:textId="194F7259" w:rsidR="009838DD" w:rsidRDefault="0D8164FA" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2552" w:right="150"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2DCF8A49">
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="3928A168" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="3928A168" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>b.2.2</w:t>
       </w:r>
-      <w:r w:rsidR="00184830" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="00184830" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="3928A168" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="3928A168" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="31AFB0D0" w:rsidRPr="2DCF8A49">
-[...3 lines deleted...]
-        <w:t>A licitante deverá apresentar, preferencialmente em papel timbrado, planilha com os cálculos utilizados para a obtenção dos índices, assinada pelo responsável legal e contador.</w:t>
+      <w:r w:rsidR="31AFB0D0" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A licitante deverá apresentar, preferencialmente em papel timbrado, planilha com os cálculos utilizados para a obtenção dos índices, assinada </w:t>
+      </w:r>
+      <w:r w:rsidR="3F4FE01E" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>por profissional habilitado na área contábil</w:t>
+      </w:r>
+      <w:r w:rsidR="31AFB0D0" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="296FEF7D" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="009838DD" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843" w:right="150"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AA6D506" w14:textId="5032DDC3" w:rsidR="009838DD" w:rsidRDefault="6DEF221D" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2268" w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -15221,51 +15562,71 @@
       <w:r w:rsidR="620D4681" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>O valor exigido nesta cláusula será acr</w:t>
       </w:r>
       <w:r w:rsidR="014B368C" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>escido</w:t>
       </w:r>
       <w:r w:rsidR="620D4681" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> de ...% </w:t>
       </w:r>
       <w:r w:rsidR="620D4681" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>(entre 10 a 30%)</w:t>
+        <w:t xml:space="preserve">(entre 10 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="620D4681" w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="620D4681" w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30%)</w:t>
       </w:r>
       <w:r w:rsidR="620D4681" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> em se tratando de consórcio, admitindo-se o somatório dos valores de cada consorciado</w:t>
       </w:r>
       <w:r w:rsidR="00163FD9" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15567C96" w14:textId="69163284" w:rsidR="009838DD" w:rsidRDefault="158576F0" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2552"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -15309,196 +15670,207 @@
       <w:r w:rsidR="19E211C5" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> não se aplica aos consórcios compostos, em sua totalidade, de microempresas e empresas</w:t>
       </w:r>
       <w:r w:rsidR="75DA72E5" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> de pequeno porte</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7929BF7B" w14:textId="33659B7D" w:rsidR="009838DD" w:rsidRDefault="00184830" w:rsidP="6253D333">
+    <w:p w14:paraId="7929BF7B" w14:textId="657BDE21" w:rsidR="009838DD" w:rsidRDefault="74B5FD3E" w:rsidP="6F41C1CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2250"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidR="74B5FD3E" w:rsidRPr="00984E36">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="751A80C3" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>Nota</w:t>
       </w:r>
-      <w:r w:rsidR="74B5FD3E" w:rsidRPr="6253D333">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>: as exigências</w:t>
       </w:r>
-      <w:r w:rsidR="7A48B628" w:rsidRPr="6253D333">
+      <w:r w:rsidR="7A48B628" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>, cumulativas ou não,</w:t>
       </w:r>
-      <w:r w:rsidR="74B5FD3E" w:rsidRPr="6253D333">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> de</w:t>
       </w:r>
-      <w:r w:rsidR="7DD717DB" w:rsidRPr="6253D333">
+      <w:r w:rsidR="7DD717DB" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> apresentação de balanços e demonstrações </w:t>
       </w:r>
-      <w:r w:rsidR="53933A47" w:rsidRPr="6253D333">
+      <w:r w:rsidR="53933A47" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>financeiras,</w:t>
       </w:r>
-      <w:r w:rsidR="74B5FD3E" w:rsidRPr="6253D333">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> índices contábeis e patrimônio</w:t>
       </w:r>
-      <w:r w:rsidR="575FD062" w:rsidRPr="6253D333">
+      <w:r w:rsidR="575FD062" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> líquido</w:t>
       </w:r>
-      <w:r w:rsidR="74B5FD3E" w:rsidRPr="6253D333">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ou capital social mínimos são </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="74B5FD3E" w:rsidRPr="6253D333">
+        <w:t xml:space="preserve"> mínimo são </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>facultativas</w:t>
       </w:r>
-      <w:r w:rsidR="74B5FD3E" w:rsidRPr="6253D333">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> e, caso adotadas, devem ser </w:t>
       </w:r>
-      <w:r w:rsidR="74B5FD3E" w:rsidRPr="6253D333">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>justificadas</w:t>
       </w:r>
-      <w:r w:rsidR="74B5FD3E" w:rsidRPr="6253D333">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pelo órgão licitante)</w:t>
+        <w:t xml:space="preserve"> pelo órgão licitante</w:t>
+      </w:r>
+      <w:r w:rsidR="47B2D3D7" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>, observado o disposto no art. 53 do Decreto nº 62.100/2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54CD245A" w14:textId="33C99AA7" w:rsidR="009838DD" w:rsidRDefault="009838DD" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71699F93" w14:textId="6AB9E1C2" w:rsidR="009838DD" w:rsidRDefault="14703E07" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
@@ -15611,103 +15983,124 @@
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> exigência de qualificação técnica é facultativa e, caso adotada, deve ser justificada pelo órgão licitante. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2904E368" w14:textId="26B6B8C6" w:rsidR="009838DD" w:rsidRDefault="19D3147C" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843" w:firstLine="36"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>2 - Poderão ser acrescentadas, justificadamente, outras exigências de qualificação técnica, pertinentes ao objeto da contratação no caso concreto, tais como declaração de conhecimento do local da execução do contrato, inscrição em conselhos de classe, cadastros em órgãos públicos de regulamentação e fiscalização, certificados de formação dos profissionais, etc.)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="74FD24E6" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="36637553" w:rsidP="2DCF8A49">
+        <w:t xml:space="preserve">2 - Poderão ser acrescentadas, justificadamente, outras exigências de qualificação técnica, pertinentes ao objeto da contratação no caso concreto, tais como declaração de conhecimento do local da execução do contrato, inscrição em conselhos de classe, cadastros em órgãos públicos de regulamentação e fiscalização, certificados de formação dos </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>profissionais, etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="2DCF8A49">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74FD24E6" w14:textId="5C05799E" w:rsidR="009838DD" w:rsidRDefault="36637553" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2DCF8A49">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>a)</w:t>
       </w:r>
-      <w:r w:rsidR="28F06F27" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="28F06F27" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Atestado(s)/certidão(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ões</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="2DCF8A49">
-[...5 lines deleted...]
-      <w:r w:rsidR="494C8241" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>) de capacidade técnico-operacional, em nome da licitante, fornecido(s) por pessoa jurídica de direito público ou privado que comprove(m) a anterior execução de objeto pertinente e compatível com o objeto desta licitação</w:t>
+      </w:r>
+      <w:r w:rsidR="494C8241" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0762AEE1" w14:textId="24D524A0" w:rsidR="009838DD" w:rsidRDefault="4B6C37C4" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2268"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -15743,51 +16136,50 @@
         <w:t>ões</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="6154101B" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>) que comprove(m)</w:t>
       </w:r>
       <w:r w:rsidR="33865EDF" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, isoladamente ou somados, a</w:t>
       </w:r>
       <w:r w:rsidR="6154101B" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00184830" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>execução</w:t>
       </w:r>
       <w:r w:rsidR="6154101B" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> de, no </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="6154101B" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">mínimo,  </w:t>
       </w:r>
       <w:r w:rsidR="275AFDA7" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="275AFDA7" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -16403,89 +16795,121 @@
         </w:rPr>
         <w:t>ndireta do Município de São Paulo e no inciso IV do mesmo artigo, no âmbito de quaisquer entes federativos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="009B3C78" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="0267EEEC" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="59ACD5DC" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="53BCDC7F" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="59ACD5DC" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="162937"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Declaração de que cumpre as exigências de reserva de cargos para pessoa com deficiência e para reabilitado da Previdência Socia</w:t>
       </w:r>
       <w:r w:rsidR="4C06588A" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="162937"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="648FE502" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="162937"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671CD093" w14:textId="55F67D2F" w:rsidR="6BC98266" w:rsidRDefault="6BC98266" w:rsidP="6F41C1CC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="2552"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1800"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>e)</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>Declaração de ciência sobre a impossibilidade de contratar com a Administração Municipal caso possua inscrição no Cadastro Informativo Municipal - CADIN MUNICIPAL.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B40C84" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="00FF2FAB" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(Podem ser adicionadas outras declarações</w:t>
@@ -16500,73 +16924,66 @@
         <w:t>, caso pertinentes, considerado o objeto licitado</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="189CEF32" w14:textId="5E85B3B0" w:rsidR="009838DD" w:rsidRDefault="6DEA9D0B" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2552"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="6253D333">
+      <w:r w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>13.5.5.1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="7AE4CBD1" w:rsidRPr="6253D333">
-[...10 lines deleted...]
-        <w:t>licitante, sendo recomendada a utilização do modelo constante no ANEXO III do presente Edital, facultando-se a elaboração de declarações individualizadas.</w:t>
+      <w:r w:rsidR="7AE4CBD1" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>As declarações supra deverão ser elaboradas em papel timbrado e subscritas pelo representante legal da licitante, sendo recomendada a utilização do modelo constante no ANEXO III do presente Edital, facultando-se a elaboração de declarações individualizadas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36FEB5B0" w14:textId="77777777" w:rsidR="00163FD9" w:rsidRPr="00984E36" w:rsidRDefault="00163FD9" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05DD160F" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="528C9134" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
@@ -16943,50 +17360,51 @@
       <w:r w:rsidR="00FF2FAB" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, todos os documentos deverão estar em nome da filial, exceto aqueles documentos que, pela própria natureza, comprovadamente, forem emitidos somente em nome da matriz.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9E814C" w14:textId="77777777" w:rsidR="00FF2FAB" w:rsidRPr="00984E36" w:rsidRDefault="13E9F116" w:rsidP="002F7783">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2552"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="198DE19A" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3.6</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.5.</w:t>
       </w:r>
       <w:r w:rsidR="00FF2FAB" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
@@ -17071,51 +17489,50 @@
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09C6C971" w14:textId="77777777" w:rsidR="00114941" w:rsidRPr="00984E36" w:rsidRDefault="74D37B93" w:rsidP="002F7783">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="4E584924" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="5BA9D893" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6</w:t>
@@ -17521,50 +17938,51 @@
       <w:r w:rsidR="007564F6" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67CCB685" w14:textId="77777777" w:rsidR="00FD653C" w:rsidRPr="00984E36" w:rsidRDefault="333668BA" w:rsidP="6253D333">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1080" w:hanging="43"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00FD653C" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00FD653C" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Cadastro Nacional de Empresas Punidas (CNEP), disponível no endereço eletrônico </w:t>
       </w:r>
       <w:r w:rsidR="00FD653C" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>https://www.portaltransparencia.gov.br/sancoes/cnep</w:t>
@@ -17774,183 +18192,158 @@
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00114941" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Estando a documentação de habilitação da licitante vencedora em desacordo com as exigências do Edital</w:t>
       </w:r>
       <w:r w:rsidR="00E70D9B" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>, ela será inabilitada</w:t>
       </w:r>
       <w:r w:rsidR="00114941" w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="795F22AB" w14:textId="64B484ED" w:rsidR="009838DD" w:rsidRDefault="1B09B873" w:rsidP="2DCF8A49">
+    <w:p w14:paraId="795F22AB" w14:textId="6764B200" w:rsidR="009838DD" w:rsidRDefault="1B09B873" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2268"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2DCF8A49">
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="59DD0AC1" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="59DD0AC1" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="7E7044CB" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="7E7044CB" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="5E233D94" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="5E233D94" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="7E7044CB" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="7E7044CB" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
-      <w:r w:rsidR="375865E4" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="375865E4" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="227ABE88" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="227ABE88" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Para o(s) item(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="227ABE88" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="227ABE88" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>ns</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="227ABE88" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="227ABE88" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">)/lote(s) em que haja incidência do tratamento diferenciado previsto na </w:t>
       </w:r>
-      <w:r w:rsidR="009A6331" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="009A6331" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Lei Complementar nº</w:t>
       </w:r>
-      <w:r w:rsidR="227ABE88" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="227ABE88" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> 123/2006, conforme quadro da cláusula 2.1, h</w:t>
       </w:r>
-      <w:r w:rsidR="7E7044CB" w:rsidRPr="2DCF8A49">
-[...29 lines deleted...]
-      <w:r w:rsidR="15D261FB" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="7E7044CB" w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">avendo alguma restrição na comprovação da regularidade fiscal de microempresa ou empresa de pequeno porte assim qualificada, a sessão será suspensa, concedendo-se o prazo de 5 (cinco) dias úteis, prorrogável por igual período, para regularização, de forma a possibilitar, após tal prazo, sua retomada, nos termos do disposto no artigo </w:t>
+      </w:r>
+      <w:r w:rsidR="15D261FB" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>17 do Decreto nº 56.475/2015</w:t>
       </w:r>
-      <w:r w:rsidR="7E7044CB" w:rsidRPr="2DCF8A49">
+      <w:r w:rsidR="7E7044CB" w:rsidRPr="6F41C1CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="556259AD" w14:textId="21ECC157" w:rsidR="009838DD" w:rsidRDefault="227ABE88" w:rsidP="2DCF8A49">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2268"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2DCF8A49">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -18203,51 +18596,59 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009838DD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Na análise dos documentos de habilitação, </w:t>
       </w:r>
       <w:r w:rsidR="005E2585" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>o Pregoeiro</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> poderá sanar erros ou falhas, que não alterem a substância dos documentos e sua validade jurídica, mediante decisão fundamentada, registrada em ata e acessível a todos, atribuindo-lhes </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6253D333">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">poderá sanar erros ou falhas, que não alterem a substância dos documentos e sua validade jurídica, mediante decisão fundamentada, registrada em ata e acessível a todos, atribuindo-lhes </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>eﬁc</w:t>
       </w:r>
       <w:r w:rsidR="5A4FA566" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>á</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>cia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="6253D333">
@@ -18339,51 +18740,50 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AB5C73C" w14:textId="77777777" w:rsidR="0034011E" w:rsidRPr="00984E36" w:rsidRDefault="76D4E219" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="71D8629F" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="694CD136" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidR="235B71DA" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -19024,50 +19424,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>As razões do recurso deverão ser apresentadas em momento único, em campo próprio no sistema, no prazo de três dias úteis, contados a partir da data de intimação ou de lavratura da ata de habilitação ou inabilitação ou, na hipótese de adoção da inversão de fases, da ata de julgamento.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48B21014" w14:textId="77777777" w:rsidR="009974A5" w:rsidRPr="00984E36" w:rsidRDefault="009974A5" w:rsidP="009C41DF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="300" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="28CB6D68" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.3</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
@@ -19199,51 +19600,50 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>O acolhimento do recurso importará na invalidação apenas dos atos que não possam ser aproveitados.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16098206" w14:textId="77777777" w:rsidR="006B27E7" w:rsidRPr="00984E36" w:rsidRDefault="006B27E7" w:rsidP="009C41DF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="300" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="6048CF5A" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.6            </w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -19686,50 +20086,51 @@
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> deste Edital).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0428A5A5" w14:textId="3146F6FE" w:rsidR="00A042A0" w:rsidRDefault="00A042A0" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="56AFE80D" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>7.4</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="_Hlk205544634"/>
       <w:r w:rsidR="00903694" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>A(s) dotação(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00903694" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -19889,60 +20290,51 @@
       </w:r>
       <w:r w:rsidR="008E78DD" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">....... </w:t>
       </w:r>
       <w:r w:rsidR="274B36A8" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="215E99" w:themeColor="text2" w:themeTint="BF"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>(indicar o prazo)</w:t>
       </w:r>
       <w:r w:rsidR="274B36A8" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve">, contados a partir da data de sua convocação, para assinar a Ata de Registro de Preços, sob pena de decadência do direito à contratação, sem prejuízo das sanções previstas na </w:t>
-[...8 lines deleted...]
-        <w:t>Lei</w:t>
+        <w:t>, contados a partir da data de sua convocação, para assinar a Ata de Registro de Preços, sob pena de decadência do direito à contratação, sem prejuízo das sanções previstas na Lei</w:t>
       </w:r>
       <w:r w:rsidR="0075134F" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Federal</w:t>
       </w:r>
       <w:r w:rsidR="274B36A8" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> nº 14.133/2021 e neste Edital</w:t>
       </w:r>
       <w:r w:rsidR="7179055B" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -20508,51 +20900,60 @@
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="274B36A8" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>, a descrição do objeto, suas quantidades, os preços registrados</w:t>
       </w:r>
       <w:r w:rsidR="03DE971F" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve"> e os critérios para sua revisão ou reajustamento</w:t>
       </w:r>
       <w:r w:rsidR="274B36A8" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
-        <w:t xml:space="preserve">, as atribuições e obrigações das partes, as penalidades e demais condições do ajuste, conforme </w:t>
+        <w:t xml:space="preserve">, as atribuições e obrigações das partes, as penalidades e </w:t>
+      </w:r>
+      <w:r w:rsidR="274B36A8" w:rsidRPr="6253D333">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">demais condições do ajuste, conforme </w:t>
       </w:r>
       <w:r w:rsidR="34052C54" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">Minuta que integra o </w:t>
       </w:r>
       <w:r w:rsidR="274B36A8" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t xml:space="preserve">Anexo </w:t>
       </w:r>
       <w:r w:rsidR="090556F4" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>IV</w:t>
       </w:r>
@@ -20782,58 +21183,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">18.9 </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="3AC5CD3B" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">É facultado à Administração, quando o convocado não formalizar </w:t>
       </w:r>
       <w:r w:rsidR="235B71DA" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">a Ata de </w:t>
-[...6 lines deleted...]
-        <w:t>Registro de Preços</w:t>
+        <w:t>a Ata de Registro de Preços</w:t>
       </w:r>
       <w:r w:rsidR="3AC5CD3B" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> no prazo e condições estabelecidos, sem embargo da aplicação das penalidades cabíveis, retomar o procedimento, mediante agendamento de nova Sessão Pública, ou revogar a licitação.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41D5CECD" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="3AC5CD3B" w:rsidP="6253D333">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -21207,50 +21601,51 @@
           <w:color w:val="000000"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="106B078C" w14:textId="77777777" w:rsidR="00A042A0" w:rsidRPr="00984E36" w:rsidRDefault="006413AD" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="2F235225" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008F7BD5" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DOS CONTRATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32D0E7F0" w14:textId="77777777" w:rsidR="008D5B95" w:rsidRPr="00984E36" w:rsidRDefault="00A042A0" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
@@ -21407,51 +21802,50 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="537A5F73" w14:textId="74497BA5" w:rsidR="005D181C" w:rsidRPr="00984E36" w:rsidRDefault="74930AF6" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Hlk212147294"/>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="007D1894" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005D181C" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>PENALIDADES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="220CA94A" w14:textId="245ACF17" w:rsidR="005D181C" w:rsidRPr="00984E36" w:rsidRDefault="639CD237" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
@@ -22104,50 +22498,51 @@
         </w:rPr>
         <w:t>.2 à licitante que:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57DF2CDA" w14:textId="384F68C9" w:rsidR="009838DD" w:rsidRDefault="309CBB7D" w:rsidP="6253D333">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="30"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="5D00D622" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.3.1</w:t>
       </w:r>
       <w:r w:rsidR="5D00D622" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> deixar de entregar a documentação exigida </w:t>
       </w:r>
       <w:r w:rsidR="00806D96">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
@@ -22252,51 +22647,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> não enviar a proposta adequada ao último lance ofertado ou após a negociação;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B44CC2B" w14:textId="36BF96C9" w:rsidR="009838DD" w:rsidRDefault="415A3D83" w:rsidP="6253D333">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="30"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2268"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="5D00D622" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.3.2.2</w:t>
       </w:r>
       <w:r w:rsidR="5D00D622" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> recusar-se a enviar o detalhamento da proposta quando exigível; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2804C0F3" w14:textId="65F729E7" w:rsidR="009838DD" w:rsidRDefault="1800DBCD" w:rsidP="6253D333">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="30"/>
         </w:tabs>
@@ -22874,50 +23268,51 @@
       <w:r w:rsidR="44317041" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>, observado o disposto no art. 156, § 3º, da Lei Federal 14.133/2021)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="142EEEF4" w14:textId="4D9D0424" w:rsidR="009838DD" w:rsidRDefault="4716DF2C" w:rsidP="6253D333">
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>20.</w:t>
       </w:r>
       <w:r w:rsidR="1084D449" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="6DE2511B" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E8654D" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Poderá, ainda, ser aplicada à licitante, pela autoridade competente</w:t>
       </w:r>
@@ -23252,51 +23647,50 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BA7AAAD" w14:textId="77777777" w:rsidR="4D48F4CF" w:rsidRPr="00984E36" w:rsidRDefault="4D48F4CF" w:rsidP="00D25A2A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="1310B8A2" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0ABCCB2E" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="1310B8A2" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
@@ -23720,51 +24114,58 @@
         </w:rPr>
         <w:t>As normas disciplinadoras desta licitação serão interpretadas em favor da ampliação da disputa</w:t>
       </w:r>
       <w:r w:rsidR="5DEE1FF0" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:r w:rsidR="3E505F95" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="5DEE1FF0" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>o princípio do formalismo moderado,</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve"> respeitada a igualdade de oportunidade entre as licitantes e desde que não comprometam o interesse público, a finalidade e a segurança da contratação.</w:t>
+        <w:t xml:space="preserve"> respeitada a igualdade de oportunidade entre as licitantes e desde que não </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6253D333">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>comprometam o interesse público, a finalidade e a segurança da contratação.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="746875B5" w14:textId="77777777" w:rsidR="003C3462" w:rsidRPr="00984E36" w:rsidRDefault="0053320F" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="1490FB31" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -23845,51 +24246,50 @@
       <w:r w:rsidR="003C3462" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">As licitantes são responsáveis pela fidelidade e legitimidade das informações e dos documentos apresentados em qualquer fase do certame. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69B0CFD2" w14:textId="77777777" w:rsidR="0053320F" w:rsidRPr="00984E36" w:rsidRDefault="0053320F" w:rsidP="00FF5614">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1985"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="269288E8" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.4.1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -24279,50 +24679,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Na hipótese de necessidade de suspensão da sessão pública para a realização de diligências, com vistas ao saneamento de que trata o item acima, a sessão pública somente poderá ser reiniciada mediante aviso prévio no sistema com, no mínimo, 24 (vinte e quatro) horas de antecedência, e a ocorrência será registrada em ata.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E2F0AC3" w14:textId="367BA9EF" w:rsidR="009838DD" w:rsidRDefault="00BE1753" w:rsidP="6253D333">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1843"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="3D5D55B5" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.8.2</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> Havendo impossibilidade por parte da licitante de enviar os arquivos exigidos no Edital durante a sessão pública via sistema eletrônico, o pregoeiro poderá autorizar o envio do respectivo documento para o e-mail: </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
@@ -24501,51 +24902,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> Edital da Licitação, com seus anexos, </w:t>
       </w:r>
       <w:r w:rsidR="00B558CE" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>independentemente de transcrição.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BA5FFC" w14:textId="77777777" w:rsidR="00B90A3D" w:rsidRPr="00984E36" w:rsidRDefault="00B303A6" w:rsidP="009C41DF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="585DDC04" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.11</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003C3462" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -25083,50 +25483,51 @@
       <w:r w:rsidR="00FF5614" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="102EAD27" w14:textId="36D44822" w:rsidR="00D31743" w:rsidRPr="00984E36" w:rsidRDefault="5F42ED5F" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="4FE032CF" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="7A1A5B2C" w:rsidRPr="6253D333">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>19</w:t>
@@ -25405,100 +25806,86 @@
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>PROCESSO</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AECF512" w14:textId="77777777" w:rsidR="00495447" w:rsidRPr="00984E36" w:rsidRDefault="00495447" w:rsidP="009C41DF">
+    <w:p w14:paraId="2AECF512" w14:textId="035E3FEC" w:rsidR="00495447" w:rsidRPr="00984E36" w:rsidRDefault="00495447" w:rsidP="6F41C1CC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...25 lines deleted...]
-    <w:p w14:paraId="0AD9C6F4" w14:textId="77777777" w:rsidR="00840F21" w:rsidRPr="00984E36" w:rsidRDefault="00840F21" w:rsidP="009C41DF">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AD9C6F4" w14:textId="06976DF9" w:rsidR="00840F21" w:rsidRPr="00984E36" w:rsidRDefault="100C4FA3" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>OBJETO: Contratação de......................... conforme especificações constantes deste Anexo.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4B1F511A" w14:textId="77777777" w:rsidR="00840F21" w:rsidRPr="00984E36" w:rsidRDefault="00840F21" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65F9C3DC" w14:textId="77777777" w:rsidR="00511468" w:rsidRPr="00984E36" w:rsidRDefault="00511468" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -25989,87 +26376,50 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>PROCESSO</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">: </w:t>
-      </w:r>
-[...35 lines deleted...]
-        <w:t xml:space="preserve">MENOR PREÇO </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64E92C0D" w14:textId="77777777" w:rsidR="000A0DC0" w:rsidRPr="00984E36" w:rsidRDefault="000A0DC0" w:rsidP="009C41DF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">OBJETO: </w:t>
       </w:r>
       <w:r w:rsidR="60538FFC" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -26893,51 +27243,50 @@
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10146664" w14:textId="77777777" w:rsidR="11C51FF0" w:rsidRPr="00984E36" w:rsidRDefault="11C51FF0" w:rsidP="009C41DF">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984E36">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1470" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5B68B9CD" w14:textId="77777777" w:rsidR="11C51FF0" w:rsidRPr="00984E36" w:rsidRDefault="11C51FF0" w:rsidP="009C41DF">
             <w:pPr>
               <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
@@ -27635,65 +27984,63 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>(assinatura e identificação do representante legal/procurador da licitante)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52D499DD" w14:textId="77777777" w:rsidR="00511468" w:rsidRPr="00984E36" w:rsidRDefault="00511468" w:rsidP="009C41DF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Nome:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724B1917" w14:textId="77777777" w:rsidR="00511468" w:rsidRPr="00984E36" w:rsidRDefault="00511468" w:rsidP="009C41DF">
+    <w:p w14:paraId="724B1917" w14:textId="72F1002D" w:rsidR="00511468" w:rsidRPr="00984E36" w:rsidRDefault="00511468" w:rsidP="6F41C1CC">
       <w:pPr>
         <w:pStyle w:val="BodyText20"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:szCs w:val="24"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">R.G.:                                     CPF:                           </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CPF:                           </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71301CFC" w14:textId="77777777" w:rsidR="00511468" w:rsidRPr="00984E36" w:rsidRDefault="00511468" w:rsidP="009C41DF">
       <w:pPr>
         <w:pStyle w:val="BodyText20"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cargo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2908EB2C" w14:textId="77777777" w:rsidR="00497732" w:rsidRPr="00984E36" w:rsidRDefault="00497732" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1843"/>
@@ -27741,103 +28088,67 @@
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1701" w:hanging="1701"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:t>PROCESSO:</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>XXXX.XXXX/XXXXXXX-X</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0291DF89" w14:textId="77777777" w:rsidR="008C5775" w:rsidRPr="00984E36" w:rsidRDefault="008C5775" w:rsidP="009C41DF">
+    <w:p w14:paraId="579095F0" w14:textId="77777777" w:rsidR="008C5775" w:rsidRPr="00984E36" w:rsidRDefault="008C5775" w:rsidP="005159FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1701" w:hanging="1701"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...34 lines deleted...]
-          <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">OBJETO: </w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="093FFA08" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Contratação</w:t>
       </w:r>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> de......................... conforme especificações constantes do Anexo I do Edital.</w:t>
@@ -27920,82 +28231,124 @@
         <w:t>(PAPEL TIMBRADO DA EMPRESA)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FE2DD96" w14:textId="77777777" w:rsidR="008C5775" w:rsidRPr="00984E36" w:rsidRDefault="008C5775" w:rsidP="009C41DF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27357532" w14:textId="77777777" w:rsidR="008C5775" w:rsidRPr="00984E36" w:rsidRDefault="008C5775" w:rsidP="009C41DF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4388A4BD" w14:textId="77777777" w:rsidR="008C5775" w:rsidRPr="00984E36" w:rsidRDefault="008C5775" w:rsidP="009C41DF">
+    <w:p w14:paraId="4388A4BD" w14:textId="5E81038F" w:rsidR="008C5775" w:rsidRPr="00984E36" w:rsidRDefault="008C5775" w:rsidP="009C41DF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="240" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A __________________________inscrita no CNPJ sob nº ________________________, por intermédio de seu representante legal o(a) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>Sr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
-        <w:t>(a).______________________, portador(a) da Carteira de Identidade nº______________ e do CPF nº  _____________________ DECLARA:</w:t>
+        <w:t xml:space="preserve">(a).______________________, </w:t>
+      </w:r>
+      <w:r w:rsidR="59FD2F7E" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inscrito no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>CPF</w:t>
+      </w:r>
+      <w:r w:rsidR="16070ED4" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>/MF sob o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nº  _____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="430F38DE" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:snapToGrid w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DECLARA:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41E0F95C" w14:textId="77777777" w:rsidR="008C5775" w:rsidRDefault="008C5775" w:rsidP="00310F85">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Hlk212557863"/>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>para fins do disposto no</w:t>
       </w:r>
@@ -28155,98 +28508,141 @@
       <w:r w:rsidR="0C8F57E9" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="57AC1141" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>bem como</w:t>
       </w:r>
       <w:r w:rsidR="0C8F57E9" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> no inciso IV do mesmo artigo, no âmbito de quaisquer entes federativos</w:t>
       </w:r>
       <w:r w:rsidR="00310F85">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5614A0BA" w14:textId="77777777" w:rsidR="00994A46" w:rsidRPr="00984E36" w:rsidRDefault="7CAF6832" w:rsidP="00310F85">
+    <w:p w14:paraId="5614A0BA" w14:textId="16726071" w:rsidR="00994A46" w:rsidRPr="00984E36" w:rsidRDefault="7CAF6832" w:rsidP="00310F85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
           <w:tab w:val="left" w:pos="2268"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00994A46" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00994A46" w:rsidRPr="00984E36">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>que cumpre as exigências de reserva de cargos para pessoa com deficiência e para reabilitado da Previdência Social</w:t>
       </w:r>
-      <w:r w:rsidR="00EB1528" w:rsidRPr="00984E36">
-[...4 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="166FB31E" w:rsidRPr="00984E36">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:p w14:paraId="17C447F9" w14:textId="4706711F" w:rsidR="6BCD78B6" w:rsidRDefault="6BCD78B6" w:rsidP="00B3005E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+          <w:tab w:val="left" w:pos="2268"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3005E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3005E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6F41C1CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>que tem ciência</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3005E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sobre a impossibilidade de contratar com a Administração Municipal caso possua inscrição no Cadastro Informativo Municipal - CADIN MUNICIPAL.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="4BDB5498" w14:textId="77777777" w:rsidR="00B24ED0" w:rsidRPr="00984E36" w:rsidRDefault="00B24ED0" w:rsidP="009C41DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A8B60CB" w14:textId="77777777" w:rsidR="00B24ED0" w:rsidRPr="00984E36" w:rsidRDefault="2A32CF89" w:rsidP="009C41DF">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00984E36">
         <w:rPr>
@@ -28343,58 +28739,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>(nome completo, cargo ou função e assinatura do representante legal/procurador)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="008C5775" w:rsidRPr="00984E36" w:rsidSect="00C74E40">
       <w:headerReference w:type="even" r:id="rId15"/>
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="even" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="567" w:footer="851" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="41374D1D" w14:textId="77777777" w:rsidR="008350E9" w:rsidRDefault="008350E9">
+    <w:p w14:paraId="02F342C6" w14:textId="77777777" w:rsidR="000C43DB" w:rsidRDefault="000C43DB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7786C501" w14:textId="77777777" w:rsidR="008350E9" w:rsidRDefault="008350E9">
+    <w:p w14:paraId="6C9B4233" w14:textId="77777777" w:rsidR="000C43DB" w:rsidRDefault="000C43DB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -28563,58 +28959,58 @@
       </w:rPr>
       <w:t xml:space="preserve"> processo</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> ...............................</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4DC2ECC6" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="009838DD" w:rsidP="002E5A24">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:ind w:right="360" w:firstLine="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="34498F38" w14:textId="77777777" w:rsidR="008350E9" w:rsidRDefault="008350E9">
+    <w:p w14:paraId="6D9ABA45" w14:textId="77777777" w:rsidR="000C43DB" w:rsidRDefault="000C43DB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="23DE2612" w14:textId="77777777" w:rsidR="008350E9" w:rsidRDefault="008350E9">
+    <w:p w14:paraId="745906B7" w14:textId="77777777" w:rsidR="000C43DB" w:rsidRDefault="000C43DB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="46FC4A0D" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="009838DD">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="256AC6DA" w14:textId="77777777" w:rsidR="009838DD" w:rsidRDefault="009838DD" w:rsidP="009454D9">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
@@ -29406,50 +29802,51 @@
     <w:rsid w:val="000A5775"/>
     <w:rsid w:val="000A6280"/>
     <w:rsid w:val="000A64A8"/>
     <w:rsid w:val="000A7506"/>
     <w:rsid w:val="000A766D"/>
     <w:rsid w:val="000A77C8"/>
     <w:rsid w:val="000A78D7"/>
     <w:rsid w:val="000B08D2"/>
     <w:rsid w:val="000B1E9F"/>
     <w:rsid w:val="000B288B"/>
     <w:rsid w:val="000B3B22"/>
     <w:rsid w:val="000B3DC6"/>
     <w:rsid w:val="000B51B5"/>
     <w:rsid w:val="000B530C"/>
     <w:rsid w:val="000B6259"/>
     <w:rsid w:val="000B684C"/>
     <w:rsid w:val="000B6A47"/>
     <w:rsid w:val="000B7732"/>
     <w:rsid w:val="000C0DB0"/>
     <w:rsid w:val="000C1390"/>
     <w:rsid w:val="000C1F23"/>
     <w:rsid w:val="000C257C"/>
     <w:rsid w:val="000C3082"/>
     <w:rsid w:val="000C30A3"/>
     <w:rsid w:val="000C3782"/>
+    <w:rsid w:val="000C43DB"/>
     <w:rsid w:val="000C466C"/>
     <w:rsid w:val="000C4A67"/>
     <w:rsid w:val="000C4F23"/>
     <w:rsid w:val="000C6D0C"/>
     <w:rsid w:val="000C7F68"/>
     <w:rsid w:val="000C7FDF"/>
     <w:rsid w:val="000D08CC"/>
     <w:rsid w:val="000D0BBF"/>
     <w:rsid w:val="000D0F8E"/>
     <w:rsid w:val="000D11C4"/>
     <w:rsid w:val="000D2879"/>
     <w:rsid w:val="000D2903"/>
     <w:rsid w:val="000D2B20"/>
     <w:rsid w:val="000D34BA"/>
     <w:rsid w:val="000D360D"/>
     <w:rsid w:val="000D3861"/>
     <w:rsid w:val="000D38F7"/>
     <w:rsid w:val="000D3C21"/>
     <w:rsid w:val="000D4AB6"/>
     <w:rsid w:val="000D5000"/>
     <w:rsid w:val="000D5214"/>
     <w:rsid w:val="000D54A9"/>
     <w:rsid w:val="000D57F4"/>
     <w:rsid w:val="000D63BA"/>
     <w:rsid w:val="000D6A78"/>
@@ -29491,50 +29888,51 @@
     <w:rsid w:val="00100D86"/>
     <w:rsid w:val="00101805"/>
     <w:rsid w:val="00101B8D"/>
     <w:rsid w:val="00101BEB"/>
     <w:rsid w:val="001030F3"/>
     <w:rsid w:val="001032BF"/>
     <w:rsid w:val="00103793"/>
     <w:rsid w:val="00105828"/>
     <w:rsid w:val="00110132"/>
     <w:rsid w:val="00110AE7"/>
     <w:rsid w:val="00110D7B"/>
     <w:rsid w:val="001112D6"/>
     <w:rsid w:val="001113A3"/>
     <w:rsid w:val="001113D9"/>
     <w:rsid w:val="0011169E"/>
     <w:rsid w:val="00112E3F"/>
     <w:rsid w:val="00112F5D"/>
     <w:rsid w:val="00113D4A"/>
     <w:rsid w:val="0011410F"/>
     <w:rsid w:val="0011423C"/>
     <w:rsid w:val="0011452D"/>
     <w:rsid w:val="001145A8"/>
     <w:rsid w:val="00114941"/>
     <w:rsid w:val="0011535E"/>
     <w:rsid w:val="00115B35"/>
+    <w:rsid w:val="0011615E"/>
     <w:rsid w:val="00116FD8"/>
     <w:rsid w:val="00116FFF"/>
     <w:rsid w:val="0011712D"/>
     <w:rsid w:val="0011745C"/>
     <w:rsid w:val="00117475"/>
     <w:rsid w:val="001179FB"/>
     <w:rsid w:val="001200CB"/>
     <w:rsid w:val="0012099E"/>
     <w:rsid w:val="00120B6F"/>
     <w:rsid w:val="00120EC8"/>
     <w:rsid w:val="00121CAE"/>
     <w:rsid w:val="00121CD9"/>
     <w:rsid w:val="00122EFB"/>
     <w:rsid w:val="00123FBD"/>
     <w:rsid w:val="00124384"/>
     <w:rsid w:val="0012438A"/>
     <w:rsid w:val="00126A18"/>
     <w:rsid w:val="001273D9"/>
     <w:rsid w:val="00127E2F"/>
     <w:rsid w:val="00130E73"/>
     <w:rsid w:val="00130EE5"/>
     <w:rsid w:val="0013102C"/>
     <w:rsid w:val="00131990"/>
     <w:rsid w:val="001324D9"/>
     <w:rsid w:val="001325E9"/>
@@ -29681,50 +30079,51 @@
     <w:rsid w:val="001C25D2"/>
     <w:rsid w:val="001C2DB8"/>
     <w:rsid w:val="001C3363"/>
     <w:rsid w:val="001C343D"/>
     <w:rsid w:val="001C37DE"/>
     <w:rsid w:val="001C3B2B"/>
     <w:rsid w:val="001C3DAA"/>
     <w:rsid w:val="001C3F59"/>
     <w:rsid w:val="001C4845"/>
     <w:rsid w:val="001C497B"/>
     <w:rsid w:val="001C55B4"/>
     <w:rsid w:val="001C6093"/>
     <w:rsid w:val="001C653C"/>
     <w:rsid w:val="001C6FA6"/>
     <w:rsid w:val="001C6FF0"/>
     <w:rsid w:val="001C7209"/>
     <w:rsid w:val="001C74EE"/>
     <w:rsid w:val="001C7D4F"/>
     <w:rsid w:val="001D016D"/>
     <w:rsid w:val="001D06FB"/>
     <w:rsid w:val="001D0944"/>
     <w:rsid w:val="001D0D6D"/>
     <w:rsid w:val="001D1BDA"/>
     <w:rsid w:val="001D24CB"/>
     <w:rsid w:val="001D3612"/>
+    <w:rsid w:val="001D397F"/>
     <w:rsid w:val="001D5D01"/>
     <w:rsid w:val="001D6281"/>
     <w:rsid w:val="001D6BEC"/>
     <w:rsid w:val="001D6DDB"/>
     <w:rsid w:val="001D6F6F"/>
     <w:rsid w:val="001D727F"/>
     <w:rsid w:val="001D7AB0"/>
     <w:rsid w:val="001E0500"/>
     <w:rsid w:val="001E0A4C"/>
     <w:rsid w:val="001E12D4"/>
     <w:rsid w:val="001E1369"/>
     <w:rsid w:val="001E1B86"/>
     <w:rsid w:val="001E1C91"/>
     <w:rsid w:val="001E20CC"/>
     <w:rsid w:val="001E2652"/>
     <w:rsid w:val="001E2AB7"/>
     <w:rsid w:val="001E2DE9"/>
     <w:rsid w:val="001E4239"/>
     <w:rsid w:val="001E5EB0"/>
     <w:rsid w:val="001E6CA1"/>
     <w:rsid w:val="001E6F14"/>
     <w:rsid w:val="001E71BA"/>
     <w:rsid w:val="001E750D"/>
     <w:rsid w:val="001E7513"/>
     <w:rsid w:val="001F0230"/>
@@ -29775,51 +30174,50 @@
     <w:rsid w:val="002109CF"/>
     <w:rsid w:val="00210F9A"/>
     <w:rsid w:val="002115C9"/>
     <w:rsid w:val="0021174B"/>
     <w:rsid w:val="002119C8"/>
     <w:rsid w:val="00212184"/>
     <w:rsid w:val="002123B3"/>
     <w:rsid w:val="002125F9"/>
     <w:rsid w:val="00212EE9"/>
     <w:rsid w:val="002130A9"/>
     <w:rsid w:val="002134C6"/>
     <w:rsid w:val="00213954"/>
     <w:rsid w:val="0021462B"/>
     <w:rsid w:val="00214DD5"/>
     <w:rsid w:val="0021547B"/>
     <w:rsid w:val="00216367"/>
     <w:rsid w:val="002168CD"/>
     <w:rsid w:val="0021773D"/>
     <w:rsid w:val="002204C7"/>
     <w:rsid w:val="00220505"/>
     <w:rsid w:val="00220E84"/>
     <w:rsid w:val="00221BD4"/>
     <w:rsid w:val="0022238E"/>
     <w:rsid w:val="0022288E"/>
     <w:rsid w:val="00222BF5"/>
-    <w:rsid w:val="00222CE3"/>
     <w:rsid w:val="00223192"/>
     <w:rsid w:val="002254B0"/>
     <w:rsid w:val="0022583D"/>
     <w:rsid w:val="00225C61"/>
     <w:rsid w:val="00225C71"/>
     <w:rsid w:val="00226500"/>
     <w:rsid w:val="002265EC"/>
     <w:rsid w:val="00226D9A"/>
     <w:rsid w:val="00227FF5"/>
     <w:rsid w:val="0023045D"/>
     <w:rsid w:val="00230A18"/>
     <w:rsid w:val="00230C38"/>
     <w:rsid w:val="002316D2"/>
     <w:rsid w:val="002318C0"/>
     <w:rsid w:val="00231E0C"/>
     <w:rsid w:val="002329A2"/>
     <w:rsid w:val="00232DAA"/>
     <w:rsid w:val="00232FDA"/>
     <w:rsid w:val="0023377F"/>
     <w:rsid w:val="00233836"/>
     <w:rsid w:val="002339FA"/>
     <w:rsid w:val="002343B3"/>
     <w:rsid w:val="00234ED5"/>
     <w:rsid w:val="00235032"/>
     <w:rsid w:val="00236052"/>
@@ -31124,51 +31522,50 @@
     <w:rsid w:val="007166BB"/>
     <w:rsid w:val="00716C75"/>
     <w:rsid w:val="00716CF2"/>
     <w:rsid w:val="00716D4B"/>
     <w:rsid w:val="00716DD7"/>
     <w:rsid w:val="00717334"/>
     <w:rsid w:val="0071734F"/>
     <w:rsid w:val="00717D00"/>
     <w:rsid w:val="00720302"/>
     <w:rsid w:val="00720471"/>
     <w:rsid w:val="0072111D"/>
     <w:rsid w:val="0072139B"/>
     <w:rsid w:val="00721488"/>
     <w:rsid w:val="00723171"/>
     <w:rsid w:val="00723D7A"/>
     <w:rsid w:val="00724CB0"/>
     <w:rsid w:val="0072511B"/>
     <w:rsid w:val="00725584"/>
     <w:rsid w:val="00725EB4"/>
     <w:rsid w:val="007262B0"/>
     <w:rsid w:val="00726CEA"/>
     <w:rsid w:val="00727502"/>
     <w:rsid w:val="007278D1"/>
     <w:rsid w:val="00730392"/>
     <w:rsid w:val="007304F2"/>
-    <w:rsid w:val="0073143F"/>
     <w:rsid w:val="00731A1F"/>
     <w:rsid w:val="0073224C"/>
     <w:rsid w:val="00733A66"/>
     <w:rsid w:val="007341F7"/>
     <w:rsid w:val="00734454"/>
     <w:rsid w:val="00735618"/>
     <w:rsid w:val="00736BC1"/>
     <w:rsid w:val="00736E08"/>
     <w:rsid w:val="0074052A"/>
     <w:rsid w:val="00741368"/>
     <w:rsid w:val="00741C40"/>
     <w:rsid w:val="007432DC"/>
     <w:rsid w:val="007433C7"/>
     <w:rsid w:val="007440BF"/>
     <w:rsid w:val="007445C3"/>
     <w:rsid w:val="007456D5"/>
     <w:rsid w:val="007457A8"/>
     <w:rsid w:val="00745C00"/>
     <w:rsid w:val="007461A2"/>
     <w:rsid w:val="00746499"/>
     <w:rsid w:val="007507FC"/>
     <w:rsid w:val="0075134F"/>
     <w:rsid w:val="00752842"/>
     <w:rsid w:val="00752A03"/>
     <w:rsid w:val="00752A16"/>
@@ -31379,51 +31776,50 @@
     <w:rsid w:val="00817D90"/>
     <w:rsid w:val="00817E30"/>
     <w:rsid w:val="00820977"/>
     <w:rsid w:val="00821293"/>
     <w:rsid w:val="00821A27"/>
     <w:rsid w:val="00822B89"/>
     <w:rsid w:val="008234E4"/>
     <w:rsid w:val="00823A7A"/>
     <w:rsid w:val="00824243"/>
     <w:rsid w:val="00824922"/>
     <w:rsid w:val="00825677"/>
     <w:rsid w:val="00826150"/>
     <w:rsid w:val="0082649C"/>
     <w:rsid w:val="008269A1"/>
     <w:rsid w:val="008272AC"/>
     <w:rsid w:val="0082780B"/>
     <w:rsid w:val="00827B3E"/>
     <w:rsid w:val="00827D56"/>
     <w:rsid w:val="00830133"/>
     <w:rsid w:val="00830186"/>
     <w:rsid w:val="0083230F"/>
     <w:rsid w:val="00832B28"/>
     <w:rsid w:val="00833EE8"/>
     <w:rsid w:val="00834A6F"/>
     <w:rsid w:val="00834D6B"/>
-    <w:rsid w:val="008350E9"/>
     <w:rsid w:val="00835232"/>
     <w:rsid w:val="008352F2"/>
     <w:rsid w:val="008362DE"/>
     <w:rsid w:val="0083697A"/>
     <w:rsid w:val="00836D30"/>
     <w:rsid w:val="00836DAF"/>
     <w:rsid w:val="00836DEB"/>
     <w:rsid w:val="00837A44"/>
     <w:rsid w:val="00840AEC"/>
     <w:rsid w:val="00840B40"/>
     <w:rsid w:val="00840F21"/>
     <w:rsid w:val="00841D55"/>
     <w:rsid w:val="00841DD5"/>
     <w:rsid w:val="008423A4"/>
     <w:rsid w:val="00842588"/>
     <w:rsid w:val="00842F6C"/>
     <w:rsid w:val="00843554"/>
     <w:rsid w:val="008435B1"/>
     <w:rsid w:val="008437CC"/>
     <w:rsid w:val="00843BA2"/>
     <w:rsid w:val="00843C94"/>
     <w:rsid w:val="00843EEF"/>
     <w:rsid w:val="00844670"/>
     <w:rsid w:val="0084532C"/>
     <w:rsid w:val="00846D46"/>
@@ -31809,50 +32205,51 @@
     <w:rsid w:val="009A605F"/>
     <w:rsid w:val="009A6331"/>
     <w:rsid w:val="009A65BC"/>
     <w:rsid w:val="009A6B5E"/>
     <w:rsid w:val="009A6DA9"/>
     <w:rsid w:val="009B1035"/>
     <w:rsid w:val="009B1985"/>
     <w:rsid w:val="009B26A0"/>
     <w:rsid w:val="009B2842"/>
     <w:rsid w:val="009B290D"/>
     <w:rsid w:val="009B2F71"/>
     <w:rsid w:val="009B31F1"/>
     <w:rsid w:val="009B35B9"/>
     <w:rsid w:val="009B3949"/>
     <w:rsid w:val="009B3A09"/>
     <w:rsid w:val="009B3C13"/>
     <w:rsid w:val="009B3EC7"/>
     <w:rsid w:val="009B3F5F"/>
     <w:rsid w:val="009B4A7C"/>
     <w:rsid w:val="009B6E2F"/>
     <w:rsid w:val="009C0108"/>
     <w:rsid w:val="009C0C6A"/>
     <w:rsid w:val="009C0F5D"/>
     <w:rsid w:val="009C12DB"/>
     <w:rsid w:val="009C17B3"/>
+    <w:rsid w:val="009C1C55"/>
     <w:rsid w:val="009C21DF"/>
     <w:rsid w:val="009C236A"/>
     <w:rsid w:val="009C23E7"/>
     <w:rsid w:val="009C2F36"/>
     <w:rsid w:val="009C3100"/>
     <w:rsid w:val="009C3E46"/>
     <w:rsid w:val="009C41DF"/>
     <w:rsid w:val="009C45BD"/>
     <w:rsid w:val="009C4959"/>
     <w:rsid w:val="009C61CC"/>
     <w:rsid w:val="009C659C"/>
     <w:rsid w:val="009C6C73"/>
     <w:rsid w:val="009C6EAF"/>
     <w:rsid w:val="009D21D4"/>
     <w:rsid w:val="009D24B5"/>
     <w:rsid w:val="009D2886"/>
     <w:rsid w:val="009D2DEC"/>
     <w:rsid w:val="009D3811"/>
     <w:rsid w:val="009D3977"/>
     <w:rsid w:val="009D4556"/>
     <w:rsid w:val="009D510C"/>
     <w:rsid w:val="009D55F5"/>
     <w:rsid w:val="009D5E69"/>
     <w:rsid w:val="009D5F99"/>
     <w:rsid w:val="009D6472"/>
@@ -32190,50 +32587,51 @@
     <w:rsid w:val="00B170AC"/>
     <w:rsid w:val="00B172E3"/>
     <w:rsid w:val="00B175BB"/>
     <w:rsid w:val="00B17760"/>
     <w:rsid w:val="00B17ED7"/>
     <w:rsid w:val="00B20420"/>
     <w:rsid w:val="00B20425"/>
     <w:rsid w:val="00B20A4D"/>
     <w:rsid w:val="00B22458"/>
     <w:rsid w:val="00B225A2"/>
     <w:rsid w:val="00B23FAC"/>
     <w:rsid w:val="00B240F5"/>
     <w:rsid w:val="00B24422"/>
     <w:rsid w:val="00B244F0"/>
     <w:rsid w:val="00B2487A"/>
     <w:rsid w:val="00B24ED0"/>
     <w:rsid w:val="00B25B17"/>
     <w:rsid w:val="00B2667B"/>
     <w:rsid w:val="00B26683"/>
     <w:rsid w:val="00B267CE"/>
     <w:rsid w:val="00B27282"/>
     <w:rsid w:val="00B272D6"/>
     <w:rsid w:val="00B2788F"/>
     <w:rsid w:val="00B27949"/>
     <w:rsid w:val="00B27BE0"/>
+    <w:rsid w:val="00B3005E"/>
     <w:rsid w:val="00B303A6"/>
     <w:rsid w:val="00B313EE"/>
     <w:rsid w:val="00B317D5"/>
     <w:rsid w:val="00B32214"/>
     <w:rsid w:val="00B324F7"/>
     <w:rsid w:val="00B3351D"/>
     <w:rsid w:val="00B33933"/>
     <w:rsid w:val="00B339E8"/>
     <w:rsid w:val="00B34CD2"/>
     <w:rsid w:val="00B35961"/>
     <w:rsid w:val="00B35C8E"/>
     <w:rsid w:val="00B36DDE"/>
     <w:rsid w:val="00B400BB"/>
     <w:rsid w:val="00B40F00"/>
     <w:rsid w:val="00B41122"/>
     <w:rsid w:val="00B41410"/>
     <w:rsid w:val="00B41CBB"/>
     <w:rsid w:val="00B420D1"/>
     <w:rsid w:val="00B42793"/>
     <w:rsid w:val="00B43004"/>
     <w:rsid w:val="00B43522"/>
     <w:rsid w:val="00B4381A"/>
     <w:rsid w:val="00B43971"/>
     <w:rsid w:val="00B43A70"/>
     <w:rsid w:val="00B447E6"/>
@@ -32602,50 +33000,51 @@
     <w:rsid w:val="00C93E16"/>
     <w:rsid w:val="00C943A5"/>
     <w:rsid w:val="00C94458"/>
     <w:rsid w:val="00C95E08"/>
     <w:rsid w:val="00C95F4E"/>
     <w:rsid w:val="00C9657A"/>
     <w:rsid w:val="00C969A7"/>
     <w:rsid w:val="00C97873"/>
     <w:rsid w:val="00CA0241"/>
     <w:rsid w:val="00CA0E12"/>
     <w:rsid w:val="00CA13E7"/>
     <w:rsid w:val="00CA21D7"/>
     <w:rsid w:val="00CA27F8"/>
     <w:rsid w:val="00CA2875"/>
     <w:rsid w:val="00CA3A28"/>
     <w:rsid w:val="00CA3A7D"/>
     <w:rsid w:val="00CA572F"/>
     <w:rsid w:val="00CA590B"/>
     <w:rsid w:val="00CA6767"/>
     <w:rsid w:val="00CA685B"/>
     <w:rsid w:val="00CA6B5E"/>
     <w:rsid w:val="00CA7553"/>
     <w:rsid w:val="00CB006F"/>
     <w:rsid w:val="00CB064A"/>
     <w:rsid w:val="00CB1402"/>
+    <w:rsid w:val="00CB17D1"/>
     <w:rsid w:val="00CB1C13"/>
     <w:rsid w:val="00CB2966"/>
     <w:rsid w:val="00CB2E00"/>
     <w:rsid w:val="00CB3477"/>
     <w:rsid w:val="00CB38AF"/>
     <w:rsid w:val="00CB4813"/>
     <w:rsid w:val="00CB4D51"/>
     <w:rsid w:val="00CB7421"/>
     <w:rsid w:val="00CB752E"/>
     <w:rsid w:val="00CB7818"/>
     <w:rsid w:val="00CC0F28"/>
     <w:rsid w:val="00CC251E"/>
     <w:rsid w:val="00CC3291"/>
     <w:rsid w:val="00CC338D"/>
     <w:rsid w:val="00CC4E16"/>
     <w:rsid w:val="00CC5234"/>
     <w:rsid w:val="00CC6AFD"/>
     <w:rsid w:val="00CC6E46"/>
     <w:rsid w:val="00CC7C0A"/>
     <w:rsid w:val="00CD0D16"/>
     <w:rsid w:val="00CD1D22"/>
     <w:rsid w:val="00CD227D"/>
     <w:rsid w:val="00CD28F4"/>
     <w:rsid w:val="00CD303F"/>
     <w:rsid w:val="00CD3298"/>
@@ -33182,50 +33581,51 @@
     <w:rsid w:val="00ED555B"/>
     <w:rsid w:val="00ED5954"/>
     <w:rsid w:val="00ED68CD"/>
     <w:rsid w:val="00ED6950"/>
     <w:rsid w:val="00ED6D16"/>
     <w:rsid w:val="00ED6FBB"/>
     <w:rsid w:val="00ED7244"/>
     <w:rsid w:val="00ED77AA"/>
     <w:rsid w:val="00ED781A"/>
     <w:rsid w:val="00EE030E"/>
     <w:rsid w:val="00EE1817"/>
     <w:rsid w:val="00EE19FB"/>
     <w:rsid w:val="00EE2ADC"/>
     <w:rsid w:val="00EE3045"/>
     <w:rsid w:val="00EE30A6"/>
     <w:rsid w:val="00EE3B47"/>
     <w:rsid w:val="00EE4921"/>
     <w:rsid w:val="00EE4955"/>
     <w:rsid w:val="00EE4C9A"/>
     <w:rsid w:val="00EE50DA"/>
     <w:rsid w:val="00EE5186"/>
     <w:rsid w:val="00EE5681"/>
     <w:rsid w:val="00EE6026"/>
     <w:rsid w:val="00EE68C9"/>
     <w:rsid w:val="00EE7A7D"/>
+    <w:rsid w:val="00EEDA5C"/>
     <w:rsid w:val="00EF0823"/>
     <w:rsid w:val="00EF0949"/>
     <w:rsid w:val="00EF1185"/>
     <w:rsid w:val="00EF159F"/>
     <w:rsid w:val="00EF1665"/>
     <w:rsid w:val="00EF24A0"/>
     <w:rsid w:val="00EF2B87"/>
     <w:rsid w:val="00EF3B57"/>
     <w:rsid w:val="00EF3B71"/>
     <w:rsid w:val="00EF3E1D"/>
     <w:rsid w:val="00EF3F7A"/>
     <w:rsid w:val="00EF5119"/>
     <w:rsid w:val="00EF58DC"/>
     <w:rsid w:val="00EF5E1B"/>
     <w:rsid w:val="00EF6168"/>
     <w:rsid w:val="00EF66E7"/>
     <w:rsid w:val="00EF69C7"/>
     <w:rsid w:val="00EF6C4A"/>
     <w:rsid w:val="00EF764F"/>
     <w:rsid w:val="00EFF1D8"/>
     <w:rsid w:val="00F00295"/>
     <w:rsid w:val="00F00895"/>
     <w:rsid w:val="00F00EF7"/>
     <w:rsid w:val="00F01E09"/>
     <w:rsid w:val="00F02B32"/>
@@ -33283,50 +33683,51 @@
     <w:rsid w:val="00F31A78"/>
     <w:rsid w:val="00F32580"/>
     <w:rsid w:val="00F32BF5"/>
     <w:rsid w:val="00F33388"/>
     <w:rsid w:val="00F338EC"/>
     <w:rsid w:val="00F339ED"/>
     <w:rsid w:val="00F3424F"/>
     <w:rsid w:val="00F35205"/>
     <w:rsid w:val="00F35296"/>
     <w:rsid w:val="00F352AC"/>
     <w:rsid w:val="00F35472"/>
     <w:rsid w:val="00F35D70"/>
     <w:rsid w:val="00F35F88"/>
     <w:rsid w:val="00F379C3"/>
     <w:rsid w:val="00F37A98"/>
     <w:rsid w:val="00F37C07"/>
     <w:rsid w:val="00F37C5A"/>
     <w:rsid w:val="00F37FFB"/>
     <w:rsid w:val="00F401FD"/>
     <w:rsid w:val="00F41223"/>
     <w:rsid w:val="00F42847"/>
     <w:rsid w:val="00F42952"/>
     <w:rsid w:val="00F42A1C"/>
     <w:rsid w:val="00F434E7"/>
     <w:rsid w:val="00F43EB0"/>
+    <w:rsid w:val="00F449DD"/>
     <w:rsid w:val="00F4506E"/>
     <w:rsid w:val="00F45847"/>
     <w:rsid w:val="00F4639F"/>
     <w:rsid w:val="00F469AF"/>
     <w:rsid w:val="00F46C28"/>
     <w:rsid w:val="00F46ED3"/>
     <w:rsid w:val="00F47094"/>
     <w:rsid w:val="00F471A6"/>
     <w:rsid w:val="00F47EBA"/>
     <w:rsid w:val="00F48029"/>
     <w:rsid w:val="00F50876"/>
     <w:rsid w:val="00F509AF"/>
     <w:rsid w:val="00F50D80"/>
     <w:rsid w:val="00F512FD"/>
     <w:rsid w:val="00F51E70"/>
     <w:rsid w:val="00F5225D"/>
     <w:rsid w:val="00F5243C"/>
     <w:rsid w:val="00F53AE6"/>
     <w:rsid w:val="00F541D9"/>
     <w:rsid w:val="00F5579C"/>
     <w:rsid w:val="00F55C2A"/>
     <w:rsid w:val="00F56427"/>
     <w:rsid w:val="00F56929"/>
     <w:rsid w:val="00F575FF"/>
     <w:rsid w:val="00F606D1"/>
@@ -33630,111 +34031,114 @@
     <w:rsid w:val="04218CEE"/>
     <w:rsid w:val="042B37CF"/>
     <w:rsid w:val="042B9C11"/>
     <w:rsid w:val="042C5775"/>
     <w:rsid w:val="04327AC0"/>
     <w:rsid w:val="043C3B7F"/>
     <w:rsid w:val="043E8A00"/>
     <w:rsid w:val="04418CA6"/>
     <w:rsid w:val="0443C457"/>
     <w:rsid w:val="04468CC8"/>
     <w:rsid w:val="045AAF8C"/>
     <w:rsid w:val="0460432B"/>
     <w:rsid w:val="046755CB"/>
     <w:rsid w:val="046B2CEF"/>
     <w:rsid w:val="046D699D"/>
     <w:rsid w:val="046ECD19"/>
     <w:rsid w:val="047BE88F"/>
     <w:rsid w:val="047E6E87"/>
     <w:rsid w:val="047FBAE4"/>
     <w:rsid w:val="04801F7D"/>
     <w:rsid w:val="048F03C1"/>
     <w:rsid w:val="0496BA57"/>
     <w:rsid w:val="0497626F"/>
     <w:rsid w:val="049E45E0"/>
     <w:rsid w:val="04A0C22F"/>
+    <w:rsid w:val="04A583CB"/>
     <w:rsid w:val="04A7D1F8"/>
     <w:rsid w:val="04AA7A9D"/>
     <w:rsid w:val="04AC2EE9"/>
     <w:rsid w:val="04BBD7B8"/>
     <w:rsid w:val="04BC1714"/>
     <w:rsid w:val="04BCB0D3"/>
     <w:rsid w:val="04BDE485"/>
     <w:rsid w:val="04BDE7B0"/>
     <w:rsid w:val="04C31511"/>
     <w:rsid w:val="04CFEF75"/>
     <w:rsid w:val="04D04592"/>
     <w:rsid w:val="04E02727"/>
     <w:rsid w:val="04E1AE4B"/>
     <w:rsid w:val="04E5A32F"/>
     <w:rsid w:val="04E6559B"/>
     <w:rsid w:val="04E95AB0"/>
     <w:rsid w:val="04EDCAF1"/>
     <w:rsid w:val="04EEA5E6"/>
     <w:rsid w:val="04F507DA"/>
     <w:rsid w:val="04F68E00"/>
     <w:rsid w:val="04F87697"/>
+    <w:rsid w:val="04FF522C"/>
     <w:rsid w:val="050424AF"/>
     <w:rsid w:val="0504DB6E"/>
     <w:rsid w:val="050C61A7"/>
     <w:rsid w:val="050FF705"/>
     <w:rsid w:val="0515FF34"/>
     <w:rsid w:val="051966C7"/>
     <w:rsid w:val="051A60E6"/>
     <w:rsid w:val="0525C0D7"/>
     <w:rsid w:val="052AD192"/>
     <w:rsid w:val="05347F3D"/>
     <w:rsid w:val="05354EC7"/>
     <w:rsid w:val="05366863"/>
     <w:rsid w:val="053B03B1"/>
     <w:rsid w:val="053E6CC5"/>
     <w:rsid w:val="0543AF8D"/>
     <w:rsid w:val="05457E3A"/>
     <w:rsid w:val="054CB819"/>
     <w:rsid w:val="0564F82A"/>
     <w:rsid w:val="056B43B7"/>
     <w:rsid w:val="0574EE0F"/>
     <w:rsid w:val="057552D4"/>
     <w:rsid w:val="05760D8C"/>
     <w:rsid w:val="057CD0F7"/>
     <w:rsid w:val="0583C414"/>
     <w:rsid w:val="05902E07"/>
     <w:rsid w:val="0593AFEF"/>
     <w:rsid w:val="0595E8AB"/>
     <w:rsid w:val="059C6CE1"/>
     <w:rsid w:val="05A26DBE"/>
     <w:rsid w:val="05A3B3C0"/>
     <w:rsid w:val="05AB470E"/>
     <w:rsid w:val="05B77485"/>
     <w:rsid w:val="05BA023B"/>
     <w:rsid w:val="05BA0FAC"/>
     <w:rsid w:val="05C2B4DB"/>
     <w:rsid w:val="05C2B8A9"/>
     <w:rsid w:val="05C6C6A6"/>
     <w:rsid w:val="05CD17FA"/>
     <w:rsid w:val="05CE9324"/>
     <w:rsid w:val="05D1FB45"/>
+    <w:rsid w:val="05D418F7"/>
     <w:rsid w:val="05D9AA75"/>
     <w:rsid w:val="05E38A74"/>
     <w:rsid w:val="05E506E7"/>
     <w:rsid w:val="05F06A9C"/>
     <w:rsid w:val="05F4C2CD"/>
     <w:rsid w:val="060210B9"/>
     <w:rsid w:val="06059D56"/>
     <w:rsid w:val="06103D30"/>
     <w:rsid w:val="061D27A0"/>
     <w:rsid w:val="0623A6B9"/>
     <w:rsid w:val="062A9DFD"/>
     <w:rsid w:val="062F5422"/>
     <w:rsid w:val="062FD58A"/>
     <w:rsid w:val="06332C68"/>
     <w:rsid w:val="0639C11C"/>
     <w:rsid w:val="064141F2"/>
     <w:rsid w:val="06429AE4"/>
     <w:rsid w:val="064447C7"/>
     <w:rsid w:val="064C27C6"/>
     <w:rsid w:val="064DC767"/>
     <w:rsid w:val="064E5941"/>
     <w:rsid w:val="06511923"/>
     <w:rsid w:val="06581B3D"/>
     <w:rsid w:val="06589959"/>
     <w:rsid w:val="065AD7AA"/>
@@ -33821,50 +34225,51 @@
     <w:rsid w:val="087058E8"/>
     <w:rsid w:val="0875BC51"/>
     <w:rsid w:val="0878AE56"/>
     <w:rsid w:val="0878C6CD"/>
     <w:rsid w:val="087C8A11"/>
     <w:rsid w:val="088C99D8"/>
     <w:rsid w:val="08918F74"/>
     <w:rsid w:val="0892409B"/>
     <w:rsid w:val="08997887"/>
     <w:rsid w:val="089EACEC"/>
     <w:rsid w:val="08A3A5FE"/>
     <w:rsid w:val="08A95B7C"/>
     <w:rsid w:val="08B0C29C"/>
     <w:rsid w:val="08BD2DBB"/>
     <w:rsid w:val="08CB103F"/>
     <w:rsid w:val="08D53E8A"/>
     <w:rsid w:val="08D7845E"/>
     <w:rsid w:val="08D8FF2C"/>
     <w:rsid w:val="08DC06BE"/>
     <w:rsid w:val="08DE4E59"/>
     <w:rsid w:val="08DE68FF"/>
     <w:rsid w:val="08DFF351"/>
     <w:rsid w:val="08E0067C"/>
     <w:rsid w:val="08E40A39"/>
     <w:rsid w:val="08E661F6"/>
+    <w:rsid w:val="08ED082E"/>
     <w:rsid w:val="08EDF73C"/>
     <w:rsid w:val="08F33D8C"/>
     <w:rsid w:val="08FE35EE"/>
     <w:rsid w:val="090556F4"/>
     <w:rsid w:val="090E07DD"/>
     <w:rsid w:val="0910652B"/>
     <w:rsid w:val="0916FF32"/>
     <w:rsid w:val="0919F927"/>
     <w:rsid w:val="091EE2E1"/>
     <w:rsid w:val="091F23EF"/>
     <w:rsid w:val="0922B4ED"/>
     <w:rsid w:val="09265C64"/>
     <w:rsid w:val="09270AED"/>
     <w:rsid w:val="092F263F"/>
     <w:rsid w:val="092F7960"/>
     <w:rsid w:val="09310385"/>
     <w:rsid w:val="0931D424"/>
     <w:rsid w:val="0936CDCB"/>
     <w:rsid w:val="09374111"/>
     <w:rsid w:val="09397E53"/>
     <w:rsid w:val="093F5373"/>
     <w:rsid w:val="093FFA08"/>
     <w:rsid w:val="0954471C"/>
     <w:rsid w:val="09553300"/>
     <w:rsid w:val="0956DB6C"/>
@@ -33901,50 +34306,51 @@
     <w:rsid w:val="0A09DD27"/>
     <w:rsid w:val="0A15EEB7"/>
     <w:rsid w:val="0A1A43EE"/>
     <w:rsid w:val="0A1D9745"/>
     <w:rsid w:val="0A28705F"/>
     <w:rsid w:val="0A2C837C"/>
     <w:rsid w:val="0A311313"/>
     <w:rsid w:val="0A34483C"/>
     <w:rsid w:val="0A41ACC4"/>
     <w:rsid w:val="0A4309B4"/>
     <w:rsid w:val="0A446A81"/>
     <w:rsid w:val="0A48E0E6"/>
     <w:rsid w:val="0A4EFB7C"/>
     <w:rsid w:val="0A5026AD"/>
     <w:rsid w:val="0A55297B"/>
     <w:rsid w:val="0A55EBCD"/>
     <w:rsid w:val="0A5B859C"/>
     <w:rsid w:val="0A5D2CEC"/>
     <w:rsid w:val="0A61540F"/>
     <w:rsid w:val="0A62E01A"/>
     <w:rsid w:val="0A77F66F"/>
     <w:rsid w:val="0A79ED2A"/>
     <w:rsid w:val="0A7DB188"/>
     <w:rsid w:val="0A80C6F2"/>
     <w:rsid w:val="0A80E317"/>
+    <w:rsid w:val="0A88E7B3"/>
     <w:rsid w:val="0A894F40"/>
     <w:rsid w:val="0A93CBEC"/>
     <w:rsid w:val="0A94BA0D"/>
     <w:rsid w:val="0A95D4BD"/>
     <w:rsid w:val="0A95FF70"/>
     <w:rsid w:val="0AB59498"/>
     <w:rsid w:val="0ABCCB2E"/>
     <w:rsid w:val="0AC8BFC2"/>
     <w:rsid w:val="0AE123F5"/>
     <w:rsid w:val="0AEC78B1"/>
     <w:rsid w:val="0AF8C0E5"/>
     <w:rsid w:val="0AF9612E"/>
     <w:rsid w:val="0B065B15"/>
     <w:rsid w:val="0B08D1BF"/>
     <w:rsid w:val="0B0EB2CA"/>
     <w:rsid w:val="0B1D375D"/>
     <w:rsid w:val="0B2CB98C"/>
     <w:rsid w:val="0B2E529C"/>
     <w:rsid w:val="0B2F7CF1"/>
     <w:rsid w:val="0B3154FB"/>
     <w:rsid w:val="0B333155"/>
     <w:rsid w:val="0B3F8856"/>
     <w:rsid w:val="0B50B06D"/>
     <w:rsid w:val="0B52CC9C"/>
     <w:rsid w:val="0B571DB4"/>
@@ -34001,50 +34407,51 @@
     <w:rsid w:val="0C4B4732"/>
     <w:rsid w:val="0C4B7963"/>
     <w:rsid w:val="0C4CD19B"/>
     <w:rsid w:val="0C4FA0CE"/>
     <w:rsid w:val="0C5A449A"/>
     <w:rsid w:val="0C5C4196"/>
     <w:rsid w:val="0C5D3CE2"/>
     <w:rsid w:val="0C64A756"/>
     <w:rsid w:val="0C666791"/>
     <w:rsid w:val="0C6A1E05"/>
     <w:rsid w:val="0C6C93C5"/>
     <w:rsid w:val="0C6E90D3"/>
     <w:rsid w:val="0C72271F"/>
     <w:rsid w:val="0C739D99"/>
     <w:rsid w:val="0C780055"/>
     <w:rsid w:val="0C81CE84"/>
     <w:rsid w:val="0C8F57E9"/>
     <w:rsid w:val="0C95B008"/>
     <w:rsid w:val="0C964506"/>
     <w:rsid w:val="0C96617D"/>
     <w:rsid w:val="0C9AC1DC"/>
     <w:rsid w:val="0C9AF377"/>
     <w:rsid w:val="0CA25876"/>
     <w:rsid w:val="0CA3F2C7"/>
     <w:rsid w:val="0CA72494"/>
+    <w:rsid w:val="0CA8D3D1"/>
     <w:rsid w:val="0CAE4CDC"/>
     <w:rsid w:val="0CBA8CE5"/>
     <w:rsid w:val="0CC1C4E3"/>
     <w:rsid w:val="0CC57627"/>
     <w:rsid w:val="0CC96E84"/>
     <w:rsid w:val="0CCA2E28"/>
     <w:rsid w:val="0CD105B2"/>
     <w:rsid w:val="0CD3E7B8"/>
     <w:rsid w:val="0CD4ACC6"/>
     <w:rsid w:val="0CE2B275"/>
     <w:rsid w:val="0CEE7923"/>
     <w:rsid w:val="0CF31C2C"/>
     <w:rsid w:val="0CFE423C"/>
     <w:rsid w:val="0D027401"/>
     <w:rsid w:val="0D0B6C54"/>
     <w:rsid w:val="0D131836"/>
     <w:rsid w:val="0D1647B5"/>
     <w:rsid w:val="0D183C8B"/>
     <w:rsid w:val="0D18A5EF"/>
     <w:rsid w:val="0D19C78A"/>
     <w:rsid w:val="0D25F00D"/>
     <w:rsid w:val="0D2AFEE9"/>
     <w:rsid w:val="0D2F3992"/>
     <w:rsid w:val="0D3255EC"/>
     <w:rsid w:val="0D334F2F"/>
@@ -34103,50 +34510,51 @@
     <w:rsid w:val="0E3E5E31"/>
     <w:rsid w:val="0E4767E3"/>
     <w:rsid w:val="0E4FD800"/>
     <w:rsid w:val="0E511C3C"/>
     <w:rsid w:val="0E62CD4D"/>
     <w:rsid w:val="0E726D21"/>
     <w:rsid w:val="0E733624"/>
     <w:rsid w:val="0E73CA1F"/>
     <w:rsid w:val="0E79709C"/>
     <w:rsid w:val="0E82DCD2"/>
     <w:rsid w:val="0E8836AA"/>
     <w:rsid w:val="0E888906"/>
     <w:rsid w:val="0E88B9D3"/>
     <w:rsid w:val="0E8A31A7"/>
     <w:rsid w:val="0E92B145"/>
     <w:rsid w:val="0E9E9AF7"/>
     <w:rsid w:val="0E9F6B0B"/>
     <w:rsid w:val="0EA18C9D"/>
     <w:rsid w:val="0EA44A5B"/>
     <w:rsid w:val="0EA5AF66"/>
     <w:rsid w:val="0EABB2A2"/>
     <w:rsid w:val="0EBE51FF"/>
     <w:rsid w:val="0EC4C702"/>
     <w:rsid w:val="0EC5306B"/>
     <w:rsid w:val="0EC6B9AC"/>
+    <w:rsid w:val="0ED94C2B"/>
     <w:rsid w:val="0EE2E165"/>
     <w:rsid w:val="0EEF95D2"/>
     <w:rsid w:val="0EF212E5"/>
     <w:rsid w:val="0EF46BEC"/>
     <w:rsid w:val="0F03EB21"/>
     <w:rsid w:val="0F07ECC6"/>
     <w:rsid w:val="0F0AC9F5"/>
     <w:rsid w:val="0F127791"/>
     <w:rsid w:val="0F12D05E"/>
     <w:rsid w:val="0F216666"/>
     <w:rsid w:val="0F254DF1"/>
     <w:rsid w:val="0F289641"/>
     <w:rsid w:val="0F2E33CE"/>
     <w:rsid w:val="0F32BE4D"/>
     <w:rsid w:val="0F3765E7"/>
     <w:rsid w:val="0F39D977"/>
     <w:rsid w:val="0F3D1C36"/>
     <w:rsid w:val="0F41796D"/>
     <w:rsid w:val="0F49230D"/>
     <w:rsid w:val="0F49869F"/>
     <w:rsid w:val="0F4CBBF5"/>
     <w:rsid w:val="0F4E5DBB"/>
     <w:rsid w:val="0F54B7ED"/>
     <w:rsid w:val="0F59EDEB"/>
     <w:rsid w:val="0F69176F"/>
@@ -34159,50 +34567,51 @@
     <w:rsid w:val="0F919B73"/>
     <w:rsid w:val="0F98D228"/>
     <w:rsid w:val="0F98E015"/>
     <w:rsid w:val="0FA9E0A1"/>
     <w:rsid w:val="0FAAA414"/>
     <w:rsid w:val="0FAAC154"/>
     <w:rsid w:val="0FC40624"/>
     <w:rsid w:val="0FC5E1D3"/>
     <w:rsid w:val="0FCA3B08"/>
     <w:rsid w:val="0FCED9C9"/>
     <w:rsid w:val="0FD72315"/>
     <w:rsid w:val="0FD77FB8"/>
     <w:rsid w:val="0FD7AC75"/>
     <w:rsid w:val="0FE7F9CD"/>
     <w:rsid w:val="0FEFCFA5"/>
     <w:rsid w:val="0FF08BF9"/>
     <w:rsid w:val="0FF3244B"/>
     <w:rsid w:val="0FF9B947"/>
     <w:rsid w:val="0FFB4E89"/>
     <w:rsid w:val="0FFBA2D9"/>
     <w:rsid w:val="0FFDDE57"/>
     <w:rsid w:val="1001244D"/>
     <w:rsid w:val="1001DDCC"/>
     <w:rsid w:val="10048D8F"/>
     <w:rsid w:val="10075611"/>
+    <w:rsid w:val="100C4FA3"/>
     <w:rsid w:val="100D0EC9"/>
     <w:rsid w:val="100E2A59"/>
     <w:rsid w:val="100F32AA"/>
     <w:rsid w:val="102EC899"/>
     <w:rsid w:val="1032064D"/>
     <w:rsid w:val="1035298D"/>
     <w:rsid w:val="10469D5E"/>
     <w:rsid w:val="1046F2BC"/>
     <w:rsid w:val="1048DB8A"/>
     <w:rsid w:val="104CA4B4"/>
     <w:rsid w:val="1053DD0E"/>
     <w:rsid w:val="10558B17"/>
     <w:rsid w:val="105A4102"/>
     <w:rsid w:val="106962A5"/>
     <w:rsid w:val="10698A36"/>
     <w:rsid w:val="106A8953"/>
     <w:rsid w:val="106FA058"/>
     <w:rsid w:val="10700498"/>
     <w:rsid w:val="10728FDD"/>
     <w:rsid w:val="1073209C"/>
     <w:rsid w:val="1074FBB7"/>
     <w:rsid w:val="10819F1B"/>
     <w:rsid w:val="1084D449"/>
     <w:rsid w:val="1090BA80"/>
     <w:rsid w:val="10966B2E"/>
@@ -34294,50 +34703,51 @@
     <w:rsid w:val="1269CAC7"/>
     <w:rsid w:val="1272D125"/>
     <w:rsid w:val="127AF049"/>
     <w:rsid w:val="1281D363"/>
     <w:rsid w:val="12902044"/>
     <w:rsid w:val="1290B13F"/>
     <w:rsid w:val="1291AE09"/>
     <w:rsid w:val="1292A989"/>
     <w:rsid w:val="12967AB3"/>
     <w:rsid w:val="129C8ED6"/>
     <w:rsid w:val="129DB5CA"/>
     <w:rsid w:val="12A9DD8A"/>
     <w:rsid w:val="12A9EE48"/>
     <w:rsid w:val="12AD625C"/>
     <w:rsid w:val="12AD7FF8"/>
     <w:rsid w:val="12BCE07C"/>
     <w:rsid w:val="12C01DEE"/>
     <w:rsid w:val="12C9554F"/>
     <w:rsid w:val="12CA87FB"/>
     <w:rsid w:val="12CDFAE7"/>
     <w:rsid w:val="12CEB708"/>
     <w:rsid w:val="12CEFDAF"/>
     <w:rsid w:val="12D0530D"/>
     <w:rsid w:val="12D3FA6E"/>
     <w:rsid w:val="12D7F28E"/>
+    <w:rsid w:val="12D8694D"/>
     <w:rsid w:val="12DE02B2"/>
     <w:rsid w:val="12DFF6DE"/>
     <w:rsid w:val="12E66E26"/>
     <w:rsid w:val="12ECE85B"/>
     <w:rsid w:val="12ED791B"/>
     <w:rsid w:val="12F3974F"/>
     <w:rsid w:val="1304698E"/>
     <w:rsid w:val="1310B8A2"/>
     <w:rsid w:val="1312693A"/>
     <w:rsid w:val="1317CFB6"/>
     <w:rsid w:val="1321D1B2"/>
     <w:rsid w:val="1330E36A"/>
     <w:rsid w:val="13346FE3"/>
     <w:rsid w:val="1343537F"/>
     <w:rsid w:val="1344C55D"/>
     <w:rsid w:val="1353C7A8"/>
     <w:rsid w:val="13562E2D"/>
     <w:rsid w:val="135F2EB6"/>
     <w:rsid w:val="135FF279"/>
     <w:rsid w:val="13632A86"/>
     <w:rsid w:val="13634F83"/>
     <w:rsid w:val="136A890F"/>
     <w:rsid w:val="136E6C77"/>
     <w:rsid w:val="137811D9"/>
     <w:rsid w:val="138CF8B0"/>
@@ -34436,62 +34846,64 @@
     <w:rsid w:val="158F0135"/>
     <w:rsid w:val="15920B9A"/>
     <w:rsid w:val="1594AF4B"/>
     <w:rsid w:val="1597364F"/>
     <w:rsid w:val="15979481"/>
     <w:rsid w:val="15AC1551"/>
     <w:rsid w:val="15B9BC0E"/>
     <w:rsid w:val="15BE4F55"/>
     <w:rsid w:val="15C4E759"/>
     <w:rsid w:val="15C96024"/>
     <w:rsid w:val="15CDAF75"/>
     <w:rsid w:val="15CF799A"/>
     <w:rsid w:val="15D261FB"/>
     <w:rsid w:val="15D37860"/>
     <w:rsid w:val="15D44D8F"/>
     <w:rsid w:val="15DCEA59"/>
     <w:rsid w:val="15E61C9E"/>
     <w:rsid w:val="15F13BD0"/>
     <w:rsid w:val="15F6FFE2"/>
     <w:rsid w:val="15FA8665"/>
     <w:rsid w:val="15FB642A"/>
     <w:rsid w:val="15FB88EA"/>
     <w:rsid w:val="15FCEAF1"/>
     <w:rsid w:val="1602341C"/>
     <w:rsid w:val="1605F12A"/>
+    <w:rsid w:val="16070ED4"/>
     <w:rsid w:val="160F6A89"/>
     <w:rsid w:val="16180A4A"/>
     <w:rsid w:val="162031C7"/>
     <w:rsid w:val="163D30AD"/>
     <w:rsid w:val="164A482F"/>
     <w:rsid w:val="164C6AD7"/>
     <w:rsid w:val="164CCAC1"/>
     <w:rsid w:val="16509DD1"/>
     <w:rsid w:val="1654DC55"/>
     <w:rsid w:val="16552E1B"/>
     <w:rsid w:val="1655E6B6"/>
     <w:rsid w:val="16612CDB"/>
+    <w:rsid w:val="166FB31E"/>
     <w:rsid w:val="1672DD4C"/>
     <w:rsid w:val="1677E763"/>
     <w:rsid w:val="168061C8"/>
     <w:rsid w:val="16806AC7"/>
     <w:rsid w:val="16836A3C"/>
     <w:rsid w:val="16940C6B"/>
     <w:rsid w:val="169789A2"/>
     <w:rsid w:val="16981E62"/>
     <w:rsid w:val="16A28C64"/>
     <w:rsid w:val="16A501A9"/>
     <w:rsid w:val="16A5BD1E"/>
     <w:rsid w:val="16AB82D8"/>
     <w:rsid w:val="16ACB267"/>
     <w:rsid w:val="16B037C2"/>
     <w:rsid w:val="16B43785"/>
     <w:rsid w:val="16B5F589"/>
     <w:rsid w:val="16B90CC0"/>
     <w:rsid w:val="16B9B64A"/>
     <w:rsid w:val="16C2DC70"/>
     <w:rsid w:val="16C61213"/>
     <w:rsid w:val="16C6142B"/>
     <w:rsid w:val="16CA2163"/>
     <w:rsid w:val="16D1032F"/>
     <w:rsid w:val="16D4FFA2"/>
     <w:rsid w:val="16D83BCC"/>
@@ -34537,50 +34949,51 @@
     <w:rsid w:val="17F207DE"/>
     <w:rsid w:val="17F536AF"/>
     <w:rsid w:val="1800DBCD"/>
     <w:rsid w:val="18032A98"/>
     <w:rsid w:val="18059330"/>
     <w:rsid w:val="18111BB1"/>
     <w:rsid w:val="18177EE1"/>
     <w:rsid w:val="1829A347"/>
     <w:rsid w:val="1829EEF5"/>
     <w:rsid w:val="182DA67E"/>
     <w:rsid w:val="182F4776"/>
     <w:rsid w:val="18332F84"/>
     <w:rsid w:val="183B2447"/>
     <w:rsid w:val="183FA9F7"/>
     <w:rsid w:val="1841401F"/>
     <w:rsid w:val="1846D481"/>
     <w:rsid w:val="1847BFD5"/>
     <w:rsid w:val="184E4A62"/>
     <w:rsid w:val="18511E8B"/>
     <w:rsid w:val="1851C77F"/>
     <w:rsid w:val="18549879"/>
     <w:rsid w:val="1856E1BA"/>
     <w:rsid w:val="185B243D"/>
     <w:rsid w:val="1861E40E"/>
     <w:rsid w:val="187F4A0B"/>
+    <w:rsid w:val="1883FF87"/>
     <w:rsid w:val="188462D4"/>
     <w:rsid w:val="1898BA8A"/>
     <w:rsid w:val="189B49AC"/>
     <w:rsid w:val="18A020ED"/>
     <w:rsid w:val="18A5F23D"/>
     <w:rsid w:val="18AD8A4B"/>
     <w:rsid w:val="18AF2D2A"/>
     <w:rsid w:val="18B5C14F"/>
     <w:rsid w:val="18BA3F74"/>
     <w:rsid w:val="18BA542C"/>
     <w:rsid w:val="18BA8406"/>
     <w:rsid w:val="18BAF9F6"/>
     <w:rsid w:val="18BEAE43"/>
     <w:rsid w:val="18BF0A79"/>
     <w:rsid w:val="18C03DCF"/>
     <w:rsid w:val="18CCF547"/>
     <w:rsid w:val="18CDC09B"/>
     <w:rsid w:val="18CFDF70"/>
     <w:rsid w:val="18D02F8C"/>
     <w:rsid w:val="18D17704"/>
     <w:rsid w:val="18D3C14E"/>
     <w:rsid w:val="18D7C437"/>
     <w:rsid w:val="18DB23DA"/>
     <w:rsid w:val="18DFA233"/>
     <w:rsid w:val="18DFC9DC"/>
@@ -34871,50 +35284,51 @@
     <w:rsid w:val="1F39C3D9"/>
     <w:rsid w:val="1F40A0AE"/>
     <w:rsid w:val="1F500054"/>
     <w:rsid w:val="1F53021E"/>
     <w:rsid w:val="1F5443E8"/>
     <w:rsid w:val="1F5E1050"/>
     <w:rsid w:val="1F5F005F"/>
     <w:rsid w:val="1F654F23"/>
     <w:rsid w:val="1F69B33D"/>
     <w:rsid w:val="1F6A0BDA"/>
     <w:rsid w:val="1F6C3081"/>
     <w:rsid w:val="1F6E2B09"/>
     <w:rsid w:val="1F78CB71"/>
     <w:rsid w:val="1F7E8C31"/>
     <w:rsid w:val="1F89B53C"/>
     <w:rsid w:val="1F8B0B24"/>
     <w:rsid w:val="1F99DD14"/>
     <w:rsid w:val="1FA62CD7"/>
     <w:rsid w:val="1FA82EF7"/>
     <w:rsid w:val="1FAA1DA3"/>
     <w:rsid w:val="1FAA2ADC"/>
     <w:rsid w:val="1FBF0DA4"/>
     <w:rsid w:val="1FC2CFBF"/>
     <w:rsid w:val="1FCD6E46"/>
     <w:rsid w:val="1FD2512A"/>
+    <w:rsid w:val="1FD63598"/>
     <w:rsid w:val="1FDAE28F"/>
     <w:rsid w:val="1FE7A351"/>
     <w:rsid w:val="1FE7CFC9"/>
     <w:rsid w:val="1FF0FAA6"/>
     <w:rsid w:val="1FF6E827"/>
     <w:rsid w:val="2000F717"/>
     <w:rsid w:val="2001552E"/>
     <w:rsid w:val="20082D53"/>
     <w:rsid w:val="20097753"/>
     <w:rsid w:val="200CF323"/>
     <w:rsid w:val="20131772"/>
     <w:rsid w:val="20170CD5"/>
     <w:rsid w:val="2018F2C5"/>
     <w:rsid w:val="2028FDEF"/>
     <w:rsid w:val="202FAF1F"/>
     <w:rsid w:val="2043CD5F"/>
     <w:rsid w:val="20466A3E"/>
     <w:rsid w:val="20472DCA"/>
     <w:rsid w:val="204A6B0A"/>
     <w:rsid w:val="204E37E7"/>
     <w:rsid w:val="205350BF"/>
     <w:rsid w:val="206005CA"/>
     <w:rsid w:val="20639D3C"/>
     <w:rsid w:val="206A913C"/>
     <w:rsid w:val="206E748B"/>
@@ -35009,50 +35423,51 @@
     <w:rsid w:val="220C1477"/>
     <w:rsid w:val="220D25BB"/>
     <w:rsid w:val="2210369D"/>
     <w:rsid w:val="2211C207"/>
     <w:rsid w:val="2213A8E2"/>
     <w:rsid w:val="2216F441"/>
     <w:rsid w:val="22190F0E"/>
     <w:rsid w:val="221F2960"/>
     <w:rsid w:val="22209BF6"/>
     <w:rsid w:val="2222BE7E"/>
     <w:rsid w:val="22282F7C"/>
     <w:rsid w:val="2228CD19"/>
     <w:rsid w:val="223885CD"/>
     <w:rsid w:val="223D3C76"/>
     <w:rsid w:val="223DD62A"/>
     <w:rsid w:val="224022F9"/>
     <w:rsid w:val="2241727C"/>
     <w:rsid w:val="2243A1E3"/>
     <w:rsid w:val="22450F20"/>
     <w:rsid w:val="2246BFCC"/>
     <w:rsid w:val="2248634F"/>
     <w:rsid w:val="22498102"/>
     <w:rsid w:val="224BCB28"/>
     <w:rsid w:val="225548AD"/>
     <w:rsid w:val="2258A349"/>
+    <w:rsid w:val="225A7F71"/>
     <w:rsid w:val="2262E68B"/>
     <w:rsid w:val="2269B2CF"/>
     <w:rsid w:val="226EB4B8"/>
     <w:rsid w:val="226FD955"/>
     <w:rsid w:val="2270F268"/>
     <w:rsid w:val="2278ACAB"/>
     <w:rsid w:val="227ABE88"/>
     <w:rsid w:val="22886E9F"/>
     <w:rsid w:val="228F0CD7"/>
     <w:rsid w:val="2294B239"/>
     <w:rsid w:val="22957CAC"/>
     <w:rsid w:val="229A58A9"/>
     <w:rsid w:val="229D9790"/>
     <w:rsid w:val="229DE0C1"/>
     <w:rsid w:val="22A0777D"/>
     <w:rsid w:val="22A0C218"/>
     <w:rsid w:val="22AAFBC2"/>
     <w:rsid w:val="22AD392C"/>
     <w:rsid w:val="22B33B45"/>
     <w:rsid w:val="22B908D4"/>
     <w:rsid w:val="22CDBA38"/>
     <w:rsid w:val="22CE83A0"/>
     <w:rsid w:val="22E6925E"/>
     <w:rsid w:val="22EC5CCE"/>
     <w:rsid w:val="22ED5680"/>
@@ -35087,57 +35502,59 @@
     <w:rsid w:val="238B7FE2"/>
     <w:rsid w:val="23971863"/>
     <w:rsid w:val="23A6C2D6"/>
     <w:rsid w:val="23AD84A9"/>
     <w:rsid w:val="23B7F5C6"/>
     <w:rsid w:val="23BC43C3"/>
     <w:rsid w:val="23BD6FD4"/>
     <w:rsid w:val="23BF2A64"/>
     <w:rsid w:val="23C50C5D"/>
     <w:rsid w:val="23CBA33A"/>
     <w:rsid w:val="23CDA5E8"/>
     <w:rsid w:val="23CEABA7"/>
     <w:rsid w:val="23D0E762"/>
     <w:rsid w:val="23D137D8"/>
     <w:rsid w:val="23D4DDCC"/>
     <w:rsid w:val="23D64A2F"/>
     <w:rsid w:val="23D9013B"/>
     <w:rsid w:val="23D9F3C6"/>
     <w:rsid w:val="23DA6127"/>
     <w:rsid w:val="23DD60F8"/>
     <w:rsid w:val="23E39385"/>
     <w:rsid w:val="23E9B79F"/>
     <w:rsid w:val="23EB0DBE"/>
     <w:rsid w:val="23EEEB94"/>
     <w:rsid w:val="23EFE16A"/>
+    <w:rsid w:val="23F10A68"/>
     <w:rsid w:val="23F8832A"/>
     <w:rsid w:val="23F925A9"/>
     <w:rsid w:val="23FD82DF"/>
     <w:rsid w:val="240277A5"/>
     <w:rsid w:val="241193D9"/>
     <w:rsid w:val="2413C32C"/>
     <w:rsid w:val="2414A0A2"/>
+    <w:rsid w:val="241B6AD1"/>
     <w:rsid w:val="24205A85"/>
     <w:rsid w:val="2422C0B4"/>
     <w:rsid w:val="2423A709"/>
     <w:rsid w:val="2429580A"/>
     <w:rsid w:val="242E6396"/>
     <w:rsid w:val="2432BEA1"/>
     <w:rsid w:val="24372C07"/>
     <w:rsid w:val="243A77F3"/>
     <w:rsid w:val="243BE8AF"/>
     <w:rsid w:val="2442989F"/>
     <w:rsid w:val="244C9C34"/>
     <w:rsid w:val="244FC372"/>
     <w:rsid w:val="2454762C"/>
     <w:rsid w:val="245AD753"/>
     <w:rsid w:val="245E3935"/>
     <w:rsid w:val="2460792B"/>
     <w:rsid w:val="246A5111"/>
     <w:rsid w:val="246E681A"/>
     <w:rsid w:val="2482C666"/>
     <w:rsid w:val="24883009"/>
     <w:rsid w:val="2489D416"/>
     <w:rsid w:val="248D6456"/>
     <w:rsid w:val="24914804"/>
     <w:rsid w:val="2494CA5D"/>
     <w:rsid w:val="24A1970A"/>
@@ -35219,50 +35636,51 @@
     <w:rsid w:val="2654D433"/>
     <w:rsid w:val="2657407F"/>
     <w:rsid w:val="2657B87A"/>
     <w:rsid w:val="2658F847"/>
     <w:rsid w:val="265F1F4F"/>
     <w:rsid w:val="265FC16C"/>
     <w:rsid w:val="266E5A8C"/>
     <w:rsid w:val="26704F9C"/>
     <w:rsid w:val="26720C58"/>
     <w:rsid w:val="267409A8"/>
     <w:rsid w:val="26755697"/>
     <w:rsid w:val="2685029D"/>
     <w:rsid w:val="26878C4E"/>
     <w:rsid w:val="269288E8"/>
     <w:rsid w:val="26940558"/>
     <w:rsid w:val="26976B86"/>
     <w:rsid w:val="2697EBC5"/>
     <w:rsid w:val="2698DF9E"/>
     <w:rsid w:val="26A3291F"/>
     <w:rsid w:val="26A4A4DB"/>
     <w:rsid w:val="26A88BCA"/>
     <w:rsid w:val="26C4DFCE"/>
     <w:rsid w:val="26CE74AF"/>
     <w:rsid w:val="26CF7602"/>
     <w:rsid w:val="26D58358"/>
+    <w:rsid w:val="26DD4210"/>
     <w:rsid w:val="26DEAD92"/>
     <w:rsid w:val="26DFA39A"/>
     <w:rsid w:val="26E13FC8"/>
     <w:rsid w:val="26ED86DC"/>
     <w:rsid w:val="26EDE5BD"/>
     <w:rsid w:val="26F0A278"/>
     <w:rsid w:val="26F9C45E"/>
     <w:rsid w:val="2701F439"/>
     <w:rsid w:val="2704C504"/>
     <w:rsid w:val="270807A2"/>
     <w:rsid w:val="271B615B"/>
     <w:rsid w:val="2726791B"/>
     <w:rsid w:val="272EA860"/>
     <w:rsid w:val="2731A248"/>
     <w:rsid w:val="2731D465"/>
     <w:rsid w:val="273265B6"/>
     <w:rsid w:val="2736C458"/>
     <w:rsid w:val="2740E362"/>
     <w:rsid w:val="274B36A8"/>
     <w:rsid w:val="274BBA1C"/>
     <w:rsid w:val="274E7365"/>
     <w:rsid w:val="275AEBD9"/>
     <w:rsid w:val="275AFDA7"/>
     <w:rsid w:val="2761F8E0"/>
     <w:rsid w:val="27670CF3"/>
@@ -35691,105 +36109,108 @@
     <w:rsid w:val="30625E75"/>
     <w:rsid w:val="307029BA"/>
     <w:rsid w:val="30895B5C"/>
     <w:rsid w:val="308BA619"/>
     <w:rsid w:val="30911773"/>
     <w:rsid w:val="30951B96"/>
     <w:rsid w:val="309CBB7D"/>
     <w:rsid w:val="30A5D133"/>
     <w:rsid w:val="30B1263A"/>
     <w:rsid w:val="30B8B14E"/>
     <w:rsid w:val="30B9077C"/>
     <w:rsid w:val="30B91ECB"/>
     <w:rsid w:val="30BCEE0A"/>
     <w:rsid w:val="30C92E2B"/>
     <w:rsid w:val="30CC622C"/>
     <w:rsid w:val="30D7747A"/>
     <w:rsid w:val="30D804F6"/>
     <w:rsid w:val="30E00EB6"/>
     <w:rsid w:val="30FB3660"/>
     <w:rsid w:val="30FBC6B6"/>
     <w:rsid w:val="30FF2322"/>
     <w:rsid w:val="310337DE"/>
     <w:rsid w:val="311081BB"/>
     <w:rsid w:val="31319376"/>
     <w:rsid w:val="31328424"/>
+    <w:rsid w:val="31360819"/>
     <w:rsid w:val="3136F008"/>
     <w:rsid w:val="314050C4"/>
     <w:rsid w:val="31432BCE"/>
     <w:rsid w:val="3143E11D"/>
     <w:rsid w:val="314A23B8"/>
     <w:rsid w:val="3151CE3D"/>
     <w:rsid w:val="31527907"/>
     <w:rsid w:val="31534651"/>
     <w:rsid w:val="3161831D"/>
     <w:rsid w:val="31728973"/>
     <w:rsid w:val="318A53A3"/>
     <w:rsid w:val="318AF7CA"/>
     <w:rsid w:val="319064E1"/>
     <w:rsid w:val="31911B49"/>
     <w:rsid w:val="31929C66"/>
     <w:rsid w:val="31A09980"/>
     <w:rsid w:val="31A1FDFB"/>
     <w:rsid w:val="31A3FCD2"/>
     <w:rsid w:val="31A4D475"/>
     <w:rsid w:val="31AFB0D0"/>
     <w:rsid w:val="31B43260"/>
     <w:rsid w:val="31BAC227"/>
     <w:rsid w:val="31BBC4D2"/>
     <w:rsid w:val="31BBEB63"/>
+    <w:rsid w:val="31BC47BB"/>
     <w:rsid w:val="31BCC431"/>
     <w:rsid w:val="31BDDE7A"/>
     <w:rsid w:val="31CF993A"/>
     <w:rsid w:val="31D68D2A"/>
     <w:rsid w:val="31E19AC0"/>
     <w:rsid w:val="31E20A21"/>
     <w:rsid w:val="31E4723C"/>
     <w:rsid w:val="31E65026"/>
     <w:rsid w:val="31E7461B"/>
     <w:rsid w:val="31EA5BCF"/>
     <w:rsid w:val="31F088D7"/>
     <w:rsid w:val="31F13371"/>
     <w:rsid w:val="31F1C2B5"/>
     <w:rsid w:val="31FB4214"/>
     <w:rsid w:val="31FF90EE"/>
     <w:rsid w:val="3200464D"/>
     <w:rsid w:val="3204375F"/>
     <w:rsid w:val="3208A2F5"/>
     <w:rsid w:val="320B90A8"/>
     <w:rsid w:val="3218EE3A"/>
     <w:rsid w:val="321B4652"/>
     <w:rsid w:val="321CF1E8"/>
     <w:rsid w:val="321D1FD6"/>
     <w:rsid w:val="321F7353"/>
     <w:rsid w:val="32291C27"/>
     <w:rsid w:val="322F81F0"/>
     <w:rsid w:val="323724DB"/>
     <w:rsid w:val="323CE724"/>
     <w:rsid w:val="323D0FBD"/>
     <w:rsid w:val="323F4CE1"/>
     <w:rsid w:val="32455676"/>
+    <w:rsid w:val="324563D5"/>
     <w:rsid w:val="324672CF"/>
     <w:rsid w:val="3246807C"/>
     <w:rsid w:val="324910DC"/>
     <w:rsid w:val="324D2F68"/>
     <w:rsid w:val="3256604D"/>
     <w:rsid w:val="326A26B3"/>
     <w:rsid w:val="327121D4"/>
     <w:rsid w:val="32736A74"/>
     <w:rsid w:val="32748177"/>
     <w:rsid w:val="327C7BDE"/>
     <w:rsid w:val="328F03BF"/>
     <w:rsid w:val="328F4533"/>
     <w:rsid w:val="3296137D"/>
     <w:rsid w:val="329708B9"/>
     <w:rsid w:val="3297A1BD"/>
     <w:rsid w:val="3298BCB8"/>
     <w:rsid w:val="3299432E"/>
     <w:rsid w:val="32A438A6"/>
     <w:rsid w:val="32AA39C7"/>
     <w:rsid w:val="32B30346"/>
     <w:rsid w:val="32B95B9C"/>
     <w:rsid w:val="32BFE1F3"/>
     <w:rsid w:val="32C266BD"/>
     <w:rsid w:val="32C668B5"/>
     <w:rsid w:val="32C7646A"/>
@@ -35817,50 +36238,51 @@
     <w:rsid w:val="335798C7"/>
     <w:rsid w:val="335DE0B7"/>
     <w:rsid w:val="3364219D"/>
     <w:rsid w:val="3369D215"/>
     <w:rsid w:val="336A774F"/>
     <w:rsid w:val="3372CD84"/>
     <w:rsid w:val="337AB265"/>
     <w:rsid w:val="3383AD1C"/>
     <w:rsid w:val="3385F433"/>
     <w:rsid w:val="33865EDF"/>
     <w:rsid w:val="338CE6FA"/>
     <w:rsid w:val="338CF8C6"/>
     <w:rsid w:val="338D2B5C"/>
     <w:rsid w:val="3398FC13"/>
     <w:rsid w:val="33A6AF14"/>
     <w:rsid w:val="33B029BE"/>
     <w:rsid w:val="33C06ECF"/>
     <w:rsid w:val="33C2AF67"/>
     <w:rsid w:val="33C7E3B5"/>
     <w:rsid w:val="33CCE95D"/>
     <w:rsid w:val="33D29455"/>
     <w:rsid w:val="33DB7BA1"/>
     <w:rsid w:val="33E0E8DE"/>
     <w:rsid w:val="33E5DFCF"/>
     <w:rsid w:val="33EFC71F"/>
+    <w:rsid w:val="33F0CEFD"/>
     <w:rsid w:val="33F509B0"/>
     <w:rsid w:val="33F8C316"/>
     <w:rsid w:val="3404902C"/>
     <w:rsid w:val="34052C54"/>
     <w:rsid w:val="340A1DF8"/>
     <w:rsid w:val="340A5604"/>
     <w:rsid w:val="340AEC02"/>
     <w:rsid w:val="340B23F1"/>
     <w:rsid w:val="3412C290"/>
     <w:rsid w:val="341ACDBF"/>
     <w:rsid w:val="341F5293"/>
     <w:rsid w:val="34246AF9"/>
     <w:rsid w:val="342B642E"/>
     <w:rsid w:val="3431A5A0"/>
     <w:rsid w:val="3433FFAB"/>
     <w:rsid w:val="34422094"/>
     <w:rsid w:val="34461342"/>
     <w:rsid w:val="344E0DA4"/>
     <w:rsid w:val="34500665"/>
     <w:rsid w:val="34501219"/>
     <w:rsid w:val="3451920C"/>
     <w:rsid w:val="34527235"/>
     <w:rsid w:val="34627BCC"/>
     <w:rsid w:val="3466E03E"/>
     <w:rsid w:val="346D572E"/>
@@ -35919,50 +36341,51 @@
     <w:rsid w:val="35BD4519"/>
     <w:rsid w:val="35BEB947"/>
     <w:rsid w:val="35C03E97"/>
     <w:rsid w:val="35C16E80"/>
     <w:rsid w:val="35C302A6"/>
     <w:rsid w:val="35CAF00E"/>
     <w:rsid w:val="35CE6C22"/>
     <w:rsid w:val="35CF3AA3"/>
     <w:rsid w:val="35CF8644"/>
     <w:rsid w:val="35CFA358"/>
     <w:rsid w:val="35D0D2AE"/>
     <w:rsid w:val="35DDE11B"/>
     <w:rsid w:val="35E58325"/>
     <w:rsid w:val="35E5BBEB"/>
     <w:rsid w:val="35E6E384"/>
     <w:rsid w:val="35F03834"/>
     <w:rsid w:val="35F4BD65"/>
     <w:rsid w:val="35F6C2C7"/>
     <w:rsid w:val="35FDCD20"/>
     <w:rsid w:val="35FE3689"/>
     <w:rsid w:val="35FF2BCA"/>
     <w:rsid w:val="3609A737"/>
     <w:rsid w:val="3609D007"/>
     <w:rsid w:val="360CF8B9"/>
     <w:rsid w:val="360F963E"/>
+    <w:rsid w:val="361DB846"/>
     <w:rsid w:val="3622EFC1"/>
     <w:rsid w:val="36232299"/>
     <w:rsid w:val="36272D9E"/>
     <w:rsid w:val="362E0639"/>
     <w:rsid w:val="3634FE4C"/>
     <w:rsid w:val="36382582"/>
     <w:rsid w:val="363960FB"/>
     <w:rsid w:val="3640A127"/>
     <w:rsid w:val="36447129"/>
     <w:rsid w:val="3645AD4C"/>
     <w:rsid w:val="364688CF"/>
     <w:rsid w:val="364A328D"/>
     <w:rsid w:val="36625FA7"/>
     <w:rsid w:val="36637553"/>
     <w:rsid w:val="3666DDDC"/>
     <w:rsid w:val="3669EB9F"/>
     <w:rsid w:val="366ED186"/>
     <w:rsid w:val="3670931C"/>
     <w:rsid w:val="367410AE"/>
     <w:rsid w:val="3674C59A"/>
     <w:rsid w:val="3674D00F"/>
     <w:rsid w:val="3679C3AE"/>
     <w:rsid w:val="367B6C09"/>
     <w:rsid w:val="3683B609"/>
     <w:rsid w:val="3687CA15"/>
@@ -36087,119 +36510,123 @@
     <w:rsid w:val="390A942A"/>
     <w:rsid w:val="390FC63C"/>
     <w:rsid w:val="391C3785"/>
     <w:rsid w:val="391FC0EF"/>
     <w:rsid w:val="3927D56C"/>
     <w:rsid w:val="3928A168"/>
     <w:rsid w:val="392C8FDE"/>
     <w:rsid w:val="393A232A"/>
     <w:rsid w:val="393C9EA0"/>
     <w:rsid w:val="394D45C1"/>
     <w:rsid w:val="39590B52"/>
     <w:rsid w:val="395C9CE7"/>
     <w:rsid w:val="39648FF9"/>
     <w:rsid w:val="396DE3B6"/>
     <w:rsid w:val="3974A97C"/>
     <w:rsid w:val="397C8AE2"/>
     <w:rsid w:val="39933C4F"/>
     <w:rsid w:val="39977F6D"/>
     <w:rsid w:val="3998CE66"/>
     <w:rsid w:val="39A8E87B"/>
     <w:rsid w:val="39B218F9"/>
     <w:rsid w:val="39BC7067"/>
     <w:rsid w:val="39C3DA6B"/>
     <w:rsid w:val="39CDA04D"/>
     <w:rsid w:val="39DA962D"/>
+    <w:rsid w:val="39E2904E"/>
     <w:rsid w:val="39E8A401"/>
     <w:rsid w:val="39EA4B1E"/>
     <w:rsid w:val="39F1D144"/>
     <w:rsid w:val="39F512AE"/>
     <w:rsid w:val="39FAD087"/>
     <w:rsid w:val="39FC3515"/>
     <w:rsid w:val="3A0EAC48"/>
     <w:rsid w:val="3A0F62D8"/>
     <w:rsid w:val="3A2105C6"/>
     <w:rsid w:val="3A27990E"/>
     <w:rsid w:val="3A2C4D42"/>
     <w:rsid w:val="3A34E390"/>
     <w:rsid w:val="3A362B9C"/>
     <w:rsid w:val="3A36EC6B"/>
     <w:rsid w:val="3A3A7C44"/>
     <w:rsid w:val="3A3A9154"/>
     <w:rsid w:val="3A3E0F22"/>
     <w:rsid w:val="3A400847"/>
     <w:rsid w:val="3A4F4BF6"/>
     <w:rsid w:val="3A53557C"/>
     <w:rsid w:val="3A53C284"/>
     <w:rsid w:val="3A633553"/>
     <w:rsid w:val="3A68BE64"/>
     <w:rsid w:val="3A68DD4E"/>
     <w:rsid w:val="3A695CBD"/>
     <w:rsid w:val="3A6BF90C"/>
     <w:rsid w:val="3A75E41B"/>
     <w:rsid w:val="3A7F3E56"/>
     <w:rsid w:val="3A88C69F"/>
     <w:rsid w:val="3A897459"/>
     <w:rsid w:val="3A8EB2E6"/>
     <w:rsid w:val="3A975A16"/>
     <w:rsid w:val="3AA04A45"/>
+    <w:rsid w:val="3AA0BDCB"/>
     <w:rsid w:val="3AA1BF63"/>
     <w:rsid w:val="3AA77783"/>
     <w:rsid w:val="3AAFFF0C"/>
     <w:rsid w:val="3ABB5C63"/>
     <w:rsid w:val="3ABD3F0E"/>
     <w:rsid w:val="3AC48EDC"/>
     <w:rsid w:val="3AC5CD3B"/>
     <w:rsid w:val="3ACC98C5"/>
     <w:rsid w:val="3ADE7C95"/>
     <w:rsid w:val="3AE15777"/>
     <w:rsid w:val="3AE304A5"/>
     <w:rsid w:val="3AF411A5"/>
     <w:rsid w:val="3AF69684"/>
     <w:rsid w:val="3AF6C855"/>
     <w:rsid w:val="3AFEEF00"/>
     <w:rsid w:val="3B0650A6"/>
     <w:rsid w:val="3B0B8DD1"/>
     <w:rsid w:val="3B0E54C6"/>
     <w:rsid w:val="3B159872"/>
     <w:rsid w:val="3B247486"/>
     <w:rsid w:val="3B2F3841"/>
     <w:rsid w:val="3B306CB2"/>
     <w:rsid w:val="3B3828A4"/>
     <w:rsid w:val="3B44D196"/>
     <w:rsid w:val="3B52097B"/>
     <w:rsid w:val="3B5C822B"/>
     <w:rsid w:val="3B5EA3C3"/>
     <w:rsid w:val="3B6788E6"/>
     <w:rsid w:val="3B78B80D"/>
     <w:rsid w:val="3B7A26A5"/>
     <w:rsid w:val="3B7CDC76"/>
     <w:rsid w:val="3B7E4DA5"/>
     <w:rsid w:val="3B8304B9"/>
     <w:rsid w:val="3B838C51"/>
     <w:rsid w:val="3B9080A7"/>
     <w:rsid w:val="3B92B0A7"/>
+    <w:rsid w:val="3B955EE2"/>
+    <w:rsid w:val="3B979E17"/>
     <w:rsid w:val="3B9CE564"/>
     <w:rsid w:val="3BA3AABA"/>
     <w:rsid w:val="3BADAC49"/>
     <w:rsid w:val="3BB6D404"/>
     <w:rsid w:val="3BC0AA33"/>
     <w:rsid w:val="3BC2F6B2"/>
     <w:rsid w:val="3BD24889"/>
     <w:rsid w:val="3BE0ABCF"/>
     <w:rsid w:val="3BE27BBD"/>
     <w:rsid w:val="3BE583C0"/>
     <w:rsid w:val="3BEABC7B"/>
     <w:rsid w:val="3BF58E43"/>
     <w:rsid w:val="3BF68E8C"/>
     <w:rsid w:val="3C0600C9"/>
     <w:rsid w:val="3C0603F3"/>
     <w:rsid w:val="3C0698B0"/>
     <w:rsid w:val="3C14C770"/>
     <w:rsid w:val="3C18EF23"/>
     <w:rsid w:val="3C24F1C1"/>
     <w:rsid w:val="3C27A7BA"/>
     <w:rsid w:val="3C2F3C74"/>
     <w:rsid w:val="3C38358D"/>
     <w:rsid w:val="3C48CF2B"/>
     <w:rsid w:val="3C7433EB"/>
     <w:rsid w:val="3C7DEABD"/>
@@ -36310,50 +36737,51 @@
     <w:rsid w:val="3EC00A81"/>
     <w:rsid w:val="3EC864E3"/>
     <w:rsid w:val="3ECBF9E4"/>
     <w:rsid w:val="3ECFBC15"/>
     <w:rsid w:val="3ED1EB94"/>
     <w:rsid w:val="3ED74F89"/>
     <w:rsid w:val="3EDA4F70"/>
     <w:rsid w:val="3EE981E9"/>
     <w:rsid w:val="3EF37140"/>
     <w:rsid w:val="3EF4CACF"/>
     <w:rsid w:val="3EF6F985"/>
     <w:rsid w:val="3EFA24D3"/>
     <w:rsid w:val="3EFC8E02"/>
     <w:rsid w:val="3F073970"/>
     <w:rsid w:val="3F0D7E8F"/>
     <w:rsid w:val="3F0E8D5A"/>
     <w:rsid w:val="3F107DC6"/>
     <w:rsid w:val="3F147241"/>
     <w:rsid w:val="3F2CD72B"/>
     <w:rsid w:val="3F2F694D"/>
     <w:rsid w:val="3F34C2B2"/>
     <w:rsid w:val="3F37C71E"/>
     <w:rsid w:val="3F39829F"/>
     <w:rsid w:val="3F3CB89F"/>
     <w:rsid w:val="3F3E99D0"/>
+    <w:rsid w:val="3F4FE01E"/>
     <w:rsid w:val="3F5776DC"/>
     <w:rsid w:val="3F5CB5F1"/>
     <w:rsid w:val="3F6480A8"/>
     <w:rsid w:val="3F6D61FB"/>
     <w:rsid w:val="3F730D4D"/>
     <w:rsid w:val="3F739439"/>
     <w:rsid w:val="3F75B924"/>
     <w:rsid w:val="3F7B093E"/>
     <w:rsid w:val="3F8355C9"/>
     <w:rsid w:val="3F84230F"/>
     <w:rsid w:val="3F8A891C"/>
     <w:rsid w:val="3F951CB2"/>
     <w:rsid w:val="3F960CC7"/>
     <w:rsid w:val="3F98EB34"/>
     <w:rsid w:val="3F9D0484"/>
     <w:rsid w:val="3FA20A0E"/>
     <w:rsid w:val="3FB32E1A"/>
     <w:rsid w:val="3FB93451"/>
     <w:rsid w:val="3FC2E767"/>
     <w:rsid w:val="3FDB5677"/>
     <w:rsid w:val="3FDEE309"/>
     <w:rsid w:val="3FE307F4"/>
     <w:rsid w:val="3FEB7211"/>
     <w:rsid w:val="3FF06437"/>
     <w:rsid w:val="3FF5223E"/>
@@ -36380,150 +36808,155 @@
     <w:rsid w:val="405EB49B"/>
     <w:rsid w:val="406B2271"/>
     <w:rsid w:val="406EEFC3"/>
     <w:rsid w:val="40782522"/>
     <w:rsid w:val="40783966"/>
     <w:rsid w:val="407EC78E"/>
     <w:rsid w:val="408CA834"/>
     <w:rsid w:val="4096E3AE"/>
     <w:rsid w:val="409929B0"/>
     <w:rsid w:val="4099F7A8"/>
     <w:rsid w:val="40A41FB4"/>
     <w:rsid w:val="40A4E5BD"/>
     <w:rsid w:val="40A5FB60"/>
     <w:rsid w:val="40AA3D95"/>
     <w:rsid w:val="40BBE7E7"/>
     <w:rsid w:val="40C7C60D"/>
     <w:rsid w:val="40CEE963"/>
     <w:rsid w:val="40D104A3"/>
     <w:rsid w:val="40D119E6"/>
     <w:rsid w:val="40D3BDD9"/>
     <w:rsid w:val="40DB07B6"/>
     <w:rsid w:val="40DBE3BB"/>
     <w:rsid w:val="40E73E9F"/>
     <w:rsid w:val="40F3969E"/>
     <w:rsid w:val="40F7DB72"/>
+    <w:rsid w:val="4100CA3F"/>
     <w:rsid w:val="41077403"/>
     <w:rsid w:val="410EB660"/>
     <w:rsid w:val="41156D3A"/>
+    <w:rsid w:val="411E640F"/>
     <w:rsid w:val="4122EF2D"/>
     <w:rsid w:val="412C1EAB"/>
     <w:rsid w:val="41340D93"/>
     <w:rsid w:val="41341F55"/>
     <w:rsid w:val="41371119"/>
     <w:rsid w:val="413B3D95"/>
     <w:rsid w:val="413C3A22"/>
     <w:rsid w:val="413CE60C"/>
     <w:rsid w:val="414E276A"/>
     <w:rsid w:val="414FA809"/>
     <w:rsid w:val="4150983E"/>
     <w:rsid w:val="415481F1"/>
     <w:rsid w:val="41566568"/>
     <w:rsid w:val="4159254C"/>
     <w:rsid w:val="415A3D83"/>
     <w:rsid w:val="415E6CC3"/>
     <w:rsid w:val="4161D1FB"/>
     <w:rsid w:val="4162104E"/>
     <w:rsid w:val="416F8296"/>
     <w:rsid w:val="4171E82C"/>
     <w:rsid w:val="4171EE4C"/>
     <w:rsid w:val="418267F4"/>
     <w:rsid w:val="4183AA17"/>
     <w:rsid w:val="418AB2D9"/>
     <w:rsid w:val="41983672"/>
     <w:rsid w:val="41A0D18C"/>
     <w:rsid w:val="41A731EC"/>
     <w:rsid w:val="41AF2B9E"/>
     <w:rsid w:val="41B2596E"/>
     <w:rsid w:val="41B4DDE2"/>
     <w:rsid w:val="41B983A5"/>
     <w:rsid w:val="41BB7300"/>
     <w:rsid w:val="41CB73DE"/>
     <w:rsid w:val="41CBF040"/>
     <w:rsid w:val="41CFB25F"/>
     <w:rsid w:val="41D1B0D6"/>
     <w:rsid w:val="41E92FD0"/>
     <w:rsid w:val="41EF0874"/>
     <w:rsid w:val="41F10504"/>
     <w:rsid w:val="41F3EC8F"/>
     <w:rsid w:val="42049284"/>
     <w:rsid w:val="421D9D93"/>
     <w:rsid w:val="4220E85E"/>
     <w:rsid w:val="42311181"/>
     <w:rsid w:val="423A7E0C"/>
     <w:rsid w:val="423FBBCE"/>
     <w:rsid w:val="42439FCC"/>
     <w:rsid w:val="4245176B"/>
     <w:rsid w:val="42464860"/>
+    <w:rsid w:val="424B31EF"/>
     <w:rsid w:val="424B417F"/>
     <w:rsid w:val="42529CF2"/>
     <w:rsid w:val="4256F288"/>
     <w:rsid w:val="4257CA68"/>
     <w:rsid w:val="42645465"/>
     <w:rsid w:val="426C16DF"/>
     <w:rsid w:val="427064BB"/>
     <w:rsid w:val="4287809B"/>
     <w:rsid w:val="4299E975"/>
     <w:rsid w:val="429F7686"/>
     <w:rsid w:val="42A5F6DB"/>
     <w:rsid w:val="42AC91B0"/>
     <w:rsid w:val="42B2F632"/>
     <w:rsid w:val="42B886A0"/>
     <w:rsid w:val="42B9EE4E"/>
     <w:rsid w:val="42B9FDBA"/>
     <w:rsid w:val="42C10AA7"/>
     <w:rsid w:val="42C3218F"/>
     <w:rsid w:val="42C4923C"/>
     <w:rsid w:val="42CFFED2"/>
     <w:rsid w:val="42DB4CC2"/>
     <w:rsid w:val="42DF2FC5"/>
     <w:rsid w:val="42E7D369"/>
     <w:rsid w:val="42ECD5DA"/>
     <w:rsid w:val="42F03E0D"/>
     <w:rsid w:val="42F08198"/>
     <w:rsid w:val="42F4BC9D"/>
     <w:rsid w:val="4300DAA5"/>
     <w:rsid w:val="430381B3"/>
     <w:rsid w:val="43055BDA"/>
     <w:rsid w:val="4306107A"/>
+    <w:rsid w:val="430F38DE"/>
     <w:rsid w:val="43159500"/>
     <w:rsid w:val="43184027"/>
     <w:rsid w:val="4328D272"/>
     <w:rsid w:val="4329B35B"/>
     <w:rsid w:val="432B504E"/>
     <w:rsid w:val="43346CAF"/>
     <w:rsid w:val="433867D5"/>
     <w:rsid w:val="43394A7F"/>
     <w:rsid w:val="433E2876"/>
     <w:rsid w:val="433EAE48"/>
     <w:rsid w:val="433EC381"/>
     <w:rsid w:val="4341A22B"/>
     <w:rsid w:val="4345171B"/>
     <w:rsid w:val="4350C6F6"/>
     <w:rsid w:val="4353F05C"/>
     <w:rsid w:val="43551A0C"/>
     <w:rsid w:val="435BAE47"/>
+    <w:rsid w:val="435E4032"/>
     <w:rsid w:val="43682B15"/>
     <w:rsid w:val="4372F606"/>
     <w:rsid w:val="4376F73D"/>
     <w:rsid w:val="437A32CB"/>
     <w:rsid w:val="437FB985"/>
     <w:rsid w:val="438C98C5"/>
     <w:rsid w:val="438E2119"/>
     <w:rsid w:val="438F311B"/>
     <w:rsid w:val="43A0A975"/>
     <w:rsid w:val="43AB1EA4"/>
     <w:rsid w:val="43AEA625"/>
     <w:rsid w:val="43B06715"/>
     <w:rsid w:val="43B6722D"/>
     <w:rsid w:val="43BD0551"/>
     <w:rsid w:val="43C4A96A"/>
     <w:rsid w:val="43C57F85"/>
     <w:rsid w:val="43C8B138"/>
     <w:rsid w:val="43D28E07"/>
     <w:rsid w:val="43E9B250"/>
     <w:rsid w:val="43F7784C"/>
     <w:rsid w:val="4403E65D"/>
     <w:rsid w:val="4404AC4D"/>
     <w:rsid w:val="4407B54B"/>
     <w:rsid w:val="440B1808"/>
     <w:rsid w:val="441513CC"/>
@@ -36667,50 +37100,51 @@
     <w:rsid w:val="4734D402"/>
     <w:rsid w:val="473597FC"/>
     <w:rsid w:val="47367839"/>
     <w:rsid w:val="47437576"/>
     <w:rsid w:val="47513692"/>
     <w:rsid w:val="475683DA"/>
     <w:rsid w:val="475A9F0F"/>
     <w:rsid w:val="475C49A6"/>
     <w:rsid w:val="475D8A14"/>
     <w:rsid w:val="4768DEC8"/>
     <w:rsid w:val="476DD538"/>
     <w:rsid w:val="4773EE6E"/>
     <w:rsid w:val="4774F92A"/>
     <w:rsid w:val="477A93B1"/>
     <w:rsid w:val="477E8DFB"/>
     <w:rsid w:val="47839C74"/>
     <w:rsid w:val="47879F1C"/>
     <w:rsid w:val="478FD233"/>
     <w:rsid w:val="4791BB08"/>
     <w:rsid w:val="479C2B37"/>
     <w:rsid w:val="479F138C"/>
     <w:rsid w:val="479F5F0C"/>
     <w:rsid w:val="47A6F748"/>
     <w:rsid w:val="47AD7F37"/>
     <w:rsid w:val="47AE2548"/>
+    <w:rsid w:val="47B2D3D7"/>
     <w:rsid w:val="47BB4A6B"/>
     <w:rsid w:val="47BBCF79"/>
     <w:rsid w:val="47BC363E"/>
     <w:rsid w:val="47C044BA"/>
     <w:rsid w:val="47CE351B"/>
     <w:rsid w:val="47D0E6A1"/>
     <w:rsid w:val="47D2017C"/>
     <w:rsid w:val="47D85D79"/>
     <w:rsid w:val="47DBDD77"/>
     <w:rsid w:val="47E6DCB4"/>
     <w:rsid w:val="47F37F7D"/>
     <w:rsid w:val="47F8D207"/>
     <w:rsid w:val="480752A4"/>
     <w:rsid w:val="48097A43"/>
     <w:rsid w:val="481184C7"/>
     <w:rsid w:val="4816933E"/>
     <w:rsid w:val="481DAC15"/>
     <w:rsid w:val="481E4DAB"/>
     <w:rsid w:val="482CB600"/>
     <w:rsid w:val="48438FC9"/>
     <w:rsid w:val="4848366B"/>
     <w:rsid w:val="4857A54D"/>
     <w:rsid w:val="485ACFD5"/>
     <w:rsid w:val="485B5E4F"/>
     <w:rsid w:val="485E2979"/>
@@ -37050,50 +37484,51 @@
     <w:rsid w:val="4EFF316A"/>
     <w:rsid w:val="4EFFF87A"/>
     <w:rsid w:val="4F04A7B0"/>
     <w:rsid w:val="4F0C8D15"/>
     <w:rsid w:val="4F0E5289"/>
     <w:rsid w:val="4F0F49D4"/>
     <w:rsid w:val="4F1167B2"/>
     <w:rsid w:val="4F1240C9"/>
     <w:rsid w:val="4F16DC35"/>
     <w:rsid w:val="4F1B1A19"/>
     <w:rsid w:val="4F1B530A"/>
     <w:rsid w:val="4F274B64"/>
     <w:rsid w:val="4F2D9C59"/>
     <w:rsid w:val="4F30F34E"/>
     <w:rsid w:val="4F318224"/>
     <w:rsid w:val="4F33DCFD"/>
     <w:rsid w:val="4F3686D7"/>
     <w:rsid w:val="4F3F029D"/>
     <w:rsid w:val="4F44D07A"/>
     <w:rsid w:val="4F44F13B"/>
     <w:rsid w:val="4F4EBB6C"/>
     <w:rsid w:val="4F4F860F"/>
     <w:rsid w:val="4F50550D"/>
     <w:rsid w:val="4F606A62"/>
     <w:rsid w:val="4F645CD2"/>
+    <w:rsid w:val="4F6E550B"/>
     <w:rsid w:val="4F795904"/>
     <w:rsid w:val="4F7B47D4"/>
     <w:rsid w:val="4F7F3587"/>
     <w:rsid w:val="4F881C17"/>
     <w:rsid w:val="4F889978"/>
     <w:rsid w:val="4F981AE4"/>
     <w:rsid w:val="4F9F9723"/>
     <w:rsid w:val="4FAA3D78"/>
     <w:rsid w:val="4FB5478F"/>
     <w:rsid w:val="4FBA1ACC"/>
     <w:rsid w:val="4FC4A617"/>
     <w:rsid w:val="4FE032CF"/>
     <w:rsid w:val="4FEBEEF0"/>
     <w:rsid w:val="4FEFA8B1"/>
     <w:rsid w:val="4FF400D1"/>
     <w:rsid w:val="4FFC1F2A"/>
     <w:rsid w:val="50055904"/>
     <w:rsid w:val="500874E1"/>
     <w:rsid w:val="500E9420"/>
     <w:rsid w:val="500E97FB"/>
     <w:rsid w:val="50164526"/>
     <w:rsid w:val="501E5BA4"/>
     <w:rsid w:val="5026C9E7"/>
     <w:rsid w:val="502D47A8"/>
     <w:rsid w:val="502DD895"/>
@@ -37417,50 +37852,51 @@
     <w:rsid w:val="572BDA29"/>
     <w:rsid w:val="572D8084"/>
     <w:rsid w:val="572D869A"/>
     <w:rsid w:val="572F70B7"/>
     <w:rsid w:val="57437136"/>
     <w:rsid w:val="574437C3"/>
     <w:rsid w:val="575E3D61"/>
     <w:rsid w:val="575FD062"/>
     <w:rsid w:val="576A7640"/>
     <w:rsid w:val="578015A1"/>
     <w:rsid w:val="5780DEFF"/>
     <w:rsid w:val="57814567"/>
     <w:rsid w:val="57823D48"/>
     <w:rsid w:val="57861DDB"/>
     <w:rsid w:val="578659E4"/>
     <w:rsid w:val="5786A72E"/>
     <w:rsid w:val="578A9563"/>
     <w:rsid w:val="57918320"/>
     <w:rsid w:val="579FCD7D"/>
     <w:rsid w:val="57A2A7DB"/>
     <w:rsid w:val="57A31D04"/>
     <w:rsid w:val="57A4C20D"/>
     <w:rsid w:val="57A5243C"/>
     <w:rsid w:val="57AC1141"/>
     <w:rsid w:val="57BAC441"/>
+    <w:rsid w:val="57BF1BA1"/>
     <w:rsid w:val="57BF68E7"/>
     <w:rsid w:val="57DDEF8A"/>
     <w:rsid w:val="57DE18D2"/>
     <w:rsid w:val="57E49F60"/>
     <w:rsid w:val="57E70FE9"/>
     <w:rsid w:val="57F46F60"/>
     <w:rsid w:val="57FC26AF"/>
     <w:rsid w:val="57FE7183"/>
     <w:rsid w:val="57FEACD3"/>
     <w:rsid w:val="57FF4F42"/>
     <w:rsid w:val="5802917B"/>
     <w:rsid w:val="58042D63"/>
     <w:rsid w:val="58061BE9"/>
     <w:rsid w:val="580757E8"/>
     <w:rsid w:val="580F2FE2"/>
     <w:rsid w:val="5813823F"/>
     <w:rsid w:val="5832BB91"/>
     <w:rsid w:val="58349B40"/>
     <w:rsid w:val="58386300"/>
     <w:rsid w:val="5839CFA1"/>
     <w:rsid w:val="583CBD31"/>
     <w:rsid w:val="583F0D43"/>
     <w:rsid w:val="5841945B"/>
     <w:rsid w:val="58456F00"/>
     <w:rsid w:val="58480B22"/>
@@ -37494,83 +37930,85 @@
     <w:rsid w:val="58D31B5C"/>
     <w:rsid w:val="58D75E5D"/>
     <w:rsid w:val="58E060FA"/>
     <w:rsid w:val="58E8E218"/>
     <w:rsid w:val="58EE1E0F"/>
     <w:rsid w:val="58F9A2EA"/>
     <w:rsid w:val="590198C9"/>
     <w:rsid w:val="59062B05"/>
     <w:rsid w:val="59082701"/>
     <w:rsid w:val="59082B96"/>
     <w:rsid w:val="590C1A8D"/>
     <w:rsid w:val="590C9E9C"/>
     <w:rsid w:val="59107B8D"/>
     <w:rsid w:val="59118421"/>
     <w:rsid w:val="5916E9AD"/>
     <w:rsid w:val="591812F8"/>
     <w:rsid w:val="59256CF3"/>
     <w:rsid w:val="59261B33"/>
     <w:rsid w:val="592701E0"/>
     <w:rsid w:val="59298C22"/>
     <w:rsid w:val="592BEE10"/>
     <w:rsid w:val="59301E36"/>
     <w:rsid w:val="5931032C"/>
     <w:rsid w:val="594FEE5B"/>
     <w:rsid w:val="59614F79"/>
+    <w:rsid w:val="596F23FC"/>
     <w:rsid w:val="5973E5E2"/>
     <w:rsid w:val="597DB98F"/>
     <w:rsid w:val="598105B7"/>
     <w:rsid w:val="5983EF18"/>
     <w:rsid w:val="59868754"/>
     <w:rsid w:val="5987304B"/>
     <w:rsid w:val="5992314F"/>
     <w:rsid w:val="5994ADD4"/>
     <w:rsid w:val="5997C767"/>
     <w:rsid w:val="5999088C"/>
     <w:rsid w:val="599C2C50"/>
     <w:rsid w:val="599DFE91"/>
     <w:rsid w:val="599E8E20"/>
     <w:rsid w:val="59AAB636"/>
     <w:rsid w:val="59ACD5DC"/>
     <w:rsid w:val="59ACE36B"/>
     <w:rsid w:val="59AEDD3D"/>
     <w:rsid w:val="59B0C56F"/>
     <w:rsid w:val="59B2FDFF"/>
     <w:rsid w:val="59BBBC45"/>
     <w:rsid w:val="59BF47C1"/>
     <w:rsid w:val="59C28A33"/>
     <w:rsid w:val="59C3FF33"/>
     <w:rsid w:val="59CDA98B"/>
     <w:rsid w:val="59D1DA8C"/>
     <w:rsid w:val="59D61DF0"/>
     <w:rsid w:val="59D8A1F6"/>
     <w:rsid w:val="59DB5276"/>
     <w:rsid w:val="59DD0AC1"/>
     <w:rsid w:val="59ED1623"/>
     <w:rsid w:val="59EE2A3A"/>
     <w:rsid w:val="59F54F16"/>
     <w:rsid w:val="59F8A823"/>
+    <w:rsid w:val="59FD2F7E"/>
     <w:rsid w:val="5A02A7DC"/>
     <w:rsid w:val="5A096C58"/>
     <w:rsid w:val="5A0C9FD3"/>
     <w:rsid w:val="5A173261"/>
     <w:rsid w:val="5A187D71"/>
     <w:rsid w:val="5A193A3F"/>
     <w:rsid w:val="5A1F6CB9"/>
     <w:rsid w:val="5A223C23"/>
     <w:rsid w:val="5A29022C"/>
     <w:rsid w:val="5A41B24A"/>
     <w:rsid w:val="5A46B885"/>
     <w:rsid w:val="5A477983"/>
     <w:rsid w:val="5A494EF3"/>
     <w:rsid w:val="5A4FA566"/>
     <w:rsid w:val="5A510779"/>
     <w:rsid w:val="5A52FF6A"/>
     <w:rsid w:val="5A62EB38"/>
     <w:rsid w:val="5A69FD09"/>
     <w:rsid w:val="5A756865"/>
     <w:rsid w:val="5A7B2DFF"/>
     <w:rsid w:val="5A7BCA42"/>
     <w:rsid w:val="5A85AA16"/>
     <w:rsid w:val="5A871D09"/>
     <w:rsid w:val="5A87DE4C"/>
     <w:rsid w:val="5A8A0A39"/>
@@ -37589,50 +38027,51 @@
     <w:rsid w:val="5AC56FFE"/>
     <w:rsid w:val="5AC9CA53"/>
     <w:rsid w:val="5AD76F21"/>
     <w:rsid w:val="5AE226F5"/>
     <w:rsid w:val="5AE2FA8A"/>
     <w:rsid w:val="5AE3197A"/>
     <w:rsid w:val="5AEB90B9"/>
     <w:rsid w:val="5AF6D697"/>
     <w:rsid w:val="5AF79426"/>
     <w:rsid w:val="5AFB0C6F"/>
     <w:rsid w:val="5B066ED0"/>
     <w:rsid w:val="5B0DF73D"/>
     <w:rsid w:val="5B0E4BF9"/>
     <w:rsid w:val="5B0EBE03"/>
     <w:rsid w:val="5B0ECF39"/>
     <w:rsid w:val="5B0F80A0"/>
     <w:rsid w:val="5B104032"/>
     <w:rsid w:val="5B1BD187"/>
     <w:rsid w:val="5B21EACD"/>
     <w:rsid w:val="5B24FE5E"/>
     <w:rsid w:val="5B3A1D7F"/>
     <w:rsid w:val="5B3F9C35"/>
     <w:rsid w:val="5B4440F2"/>
     <w:rsid w:val="5B4FE55A"/>
     <w:rsid w:val="5B5053EF"/>
+    <w:rsid w:val="5B50FD93"/>
     <w:rsid w:val="5B51DF20"/>
     <w:rsid w:val="5B5D92CA"/>
     <w:rsid w:val="5B5FBD21"/>
     <w:rsid w:val="5B626EEA"/>
     <w:rsid w:val="5B72157A"/>
     <w:rsid w:val="5B74C35B"/>
     <w:rsid w:val="5B765040"/>
     <w:rsid w:val="5B79884B"/>
     <w:rsid w:val="5B7BD524"/>
     <w:rsid w:val="5B8CF2D6"/>
     <w:rsid w:val="5B9EF35D"/>
     <w:rsid w:val="5BA4EB10"/>
     <w:rsid w:val="5BA9D893"/>
     <w:rsid w:val="5BAABD5D"/>
     <w:rsid w:val="5BAD4AB5"/>
     <w:rsid w:val="5BB1F132"/>
     <w:rsid w:val="5BB5112B"/>
     <w:rsid w:val="5BBA77FE"/>
     <w:rsid w:val="5BBBD274"/>
     <w:rsid w:val="5BBE308D"/>
     <w:rsid w:val="5BC2C7FE"/>
     <w:rsid w:val="5BCA701E"/>
     <w:rsid w:val="5BCAE525"/>
     <w:rsid w:val="5BCB4AAB"/>
     <w:rsid w:val="5BCB8345"/>
@@ -37746,58 +38185,60 @@
     <w:rsid w:val="5E82542A"/>
     <w:rsid w:val="5E91AE62"/>
     <w:rsid w:val="5E97DF0E"/>
     <w:rsid w:val="5E98CD19"/>
     <w:rsid w:val="5E9B6D91"/>
     <w:rsid w:val="5E9C254F"/>
     <w:rsid w:val="5EAD27E6"/>
     <w:rsid w:val="5EB5E398"/>
     <w:rsid w:val="5EB60ADD"/>
     <w:rsid w:val="5EC0DCEB"/>
     <w:rsid w:val="5EC257C0"/>
     <w:rsid w:val="5ECB1CE7"/>
     <w:rsid w:val="5ECDEF0C"/>
     <w:rsid w:val="5ECDF3D0"/>
     <w:rsid w:val="5ED8BD51"/>
     <w:rsid w:val="5EE34F2D"/>
     <w:rsid w:val="5EEF9BA1"/>
     <w:rsid w:val="5F0667ED"/>
     <w:rsid w:val="5F079644"/>
     <w:rsid w:val="5F10BD8A"/>
     <w:rsid w:val="5F12E0BE"/>
     <w:rsid w:val="5F1CEB13"/>
     <w:rsid w:val="5F235CAE"/>
     <w:rsid w:val="5F311732"/>
     <w:rsid w:val="5F3541F6"/>
+    <w:rsid w:val="5F36ADAC"/>
     <w:rsid w:val="5F3B61B6"/>
     <w:rsid w:val="5F3E031F"/>
     <w:rsid w:val="5F3EAC2D"/>
     <w:rsid w:val="5F42ED5F"/>
     <w:rsid w:val="5F4C9961"/>
     <w:rsid w:val="5F56F0BD"/>
     <w:rsid w:val="5F585B8C"/>
     <w:rsid w:val="5F60FC50"/>
+    <w:rsid w:val="5F670E5F"/>
     <w:rsid w:val="5F69767B"/>
     <w:rsid w:val="5F6ABF9A"/>
     <w:rsid w:val="5F6F7D56"/>
     <w:rsid w:val="5F73375B"/>
     <w:rsid w:val="5F795958"/>
     <w:rsid w:val="5F83CC3A"/>
     <w:rsid w:val="5F88EB40"/>
     <w:rsid w:val="5F8C4785"/>
     <w:rsid w:val="5F9355B6"/>
     <w:rsid w:val="5F99B2CC"/>
     <w:rsid w:val="5F9CCE2D"/>
     <w:rsid w:val="5FA25D9B"/>
     <w:rsid w:val="5FA5CD4F"/>
     <w:rsid w:val="5FA9B2D5"/>
     <w:rsid w:val="5FAA8269"/>
     <w:rsid w:val="5FABB7C5"/>
     <w:rsid w:val="5FB16CE2"/>
     <w:rsid w:val="5FB3B236"/>
     <w:rsid w:val="5FB5EF13"/>
     <w:rsid w:val="5FC12C36"/>
     <w:rsid w:val="5FC29190"/>
     <w:rsid w:val="5FCB98F3"/>
     <w:rsid w:val="5FD0E8CA"/>
     <w:rsid w:val="5FD360EF"/>
     <w:rsid w:val="5FD97CF5"/>
@@ -38062,59 +38503,62 @@
     <w:rsid w:val="65A39A18"/>
     <w:rsid w:val="65A643A6"/>
     <w:rsid w:val="65A6AC23"/>
     <w:rsid w:val="65A9A594"/>
     <w:rsid w:val="65AAF1C4"/>
     <w:rsid w:val="65ACE858"/>
     <w:rsid w:val="65AF0489"/>
     <w:rsid w:val="65BE9A1C"/>
     <w:rsid w:val="65C23161"/>
     <w:rsid w:val="65C51404"/>
     <w:rsid w:val="65C62623"/>
     <w:rsid w:val="65C91650"/>
     <w:rsid w:val="65CAC391"/>
     <w:rsid w:val="65CB4E11"/>
     <w:rsid w:val="65D14486"/>
     <w:rsid w:val="65D865F4"/>
     <w:rsid w:val="65D9BA52"/>
     <w:rsid w:val="65DA0959"/>
     <w:rsid w:val="65DAB7F5"/>
     <w:rsid w:val="65DB944F"/>
     <w:rsid w:val="65DDDBF9"/>
     <w:rsid w:val="65F0A76B"/>
     <w:rsid w:val="65F1ADD3"/>
     <w:rsid w:val="65F353E6"/>
     <w:rsid w:val="65F5968D"/>
+    <w:rsid w:val="6600CC9B"/>
     <w:rsid w:val="66084CC9"/>
     <w:rsid w:val="660AADAC"/>
+    <w:rsid w:val="6612C42D"/>
     <w:rsid w:val="661DBCDE"/>
     <w:rsid w:val="66282ECC"/>
     <w:rsid w:val="66290F89"/>
     <w:rsid w:val="662A52B0"/>
     <w:rsid w:val="662C4FC6"/>
     <w:rsid w:val="662E3235"/>
     <w:rsid w:val="66345BE5"/>
+    <w:rsid w:val="6636D5C3"/>
     <w:rsid w:val="6645ED23"/>
     <w:rsid w:val="664E761F"/>
     <w:rsid w:val="665804C6"/>
     <w:rsid w:val="665D3064"/>
     <w:rsid w:val="66619163"/>
     <w:rsid w:val="666E2D10"/>
     <w:rsid w:val="667ECE1D"/>
     <w:rsid w:val="66817A58"/>
     <w:rsid w:val="66857E5C"/>
     <w:rsid w:val="6687CAF7"/>
     <w:rsid w:val="66880FDD"/>
     <w:rsid w:val="668C21D5"/>
     <w:rsid w:val="6697DAC9"/>
     <w:rsid w:val="66A6AACC"/>
     <w:rsid w:val="66A6E5E5"/>
     <w:rsid w:val="66B8D91B"/>
     <w:rsid w:val="66B94844"/>
     <w:rsid w:val="66B9714C"/>
     <w:rsid w:val="66C09D24"/>
     <w:rsid w:val="66C9FCD3"/>
     <w:rsid w:val="66CCD0D2"/>
     <w:rsid w:val="66D2CF98"/>
     <w:rsid w:val="66D6EF49"/>
     <w:rsid w:val="66D7BAAB"/>
     <w:rsid w:val="66DF7164"/>
@@ -38122,50 +38566,51 @@
     <w:rsid w:val="66E39CED"/>
     <w:rsid w:val="66E78A3F"/>
     <w:rsid w:val="66ED630F"/>
     <w:rsid w:val="66EFC0F3"/>
     <w:rsid w:val="66F1C141"/>
     <w:rsid w:val="66F299C4"/>
     <w:rsid w:val="66F8753A"/>
     <w:rsid w:val="6704E796"/>
     <w:rsid w:val="67109314"/>
     <w:rsid w:val="67112783"/>
     <w:rsid w:val="671507FE"/>
     <w:rsid w:val="6715FC9E"/>
     <w:rsid w:val="67174C53"/>
     <w:rsid w:val="672072C0"/>
     <w:rsid w:val="67369257"/>
     <w:rsid w:val="673B7223"/>
     <w:rsid w:val="673DDE6F"/>
     <w:rsid w:val="674D9784"/>
     <w:rsid w:val="67531488"/>
     <w:rsid w:val="675332D1"/>
     <w:rsid w:val="675358E2"/>
     <w:rsid w:val="67602FB6"/>
     <w:rsid w:val="676311CA"/>
     <w:rsid w:val="67741DED"/>
     <w:rsid w:val="677BF855"/>
+    <w:rsid w:val="677D676E"/>
     <w:rsid w:val="67806637"/>
     <w:rsid w:val="67857C50"/>
     <w:rsid w:val="6785D402"/>
     <w:rsid w:val="678F058C"/>
     <w:rsid w:val="67917462"/>
     <w:rsid w:val="679C8C91"/>
     <w:rsid w:val="679D3B8A"/>
     <w:rsid w:val="67AC12C3"/>
     <w:rsid w:val="67B645A8"/>
     <w:rsid w:val="67BF3A38"/>
     <w:rsid w:val="67C53B97"/>
     <w:rsid w:val="67C69528"/>
     <w:rsid w:val="67CC029A"/>
     <w:rsid w:val="67D2B790"/>
     <w:rsid w:val="67D5D3B0"/>
     <w:rsid w:val="67D9F143"/>
     <w:rsid w:val="67DA97AE"/>
     <w:rsid w:val="67DDDDC6"/>
     <w:rsid w:val="67DE5FA7"/>
     <w:rsid w:val="67DE7CBE"/>
     <w:rsid w:val="67E1B4A7"/>
     <w:rsid w:val="67E5B8FA"/>
     <w:rsid w:val="67F32F3D"/>
     <w:rsid w:val="67FB222A"/>
     <w:rsid w:val="6800E810"/>
@@ -38306,74 +38751,77 @@
     <w:rsid w:val="6ADE6BC9"/>
     <w:rsid w:val="6AE131A3"/>
     <w:rsid w:val="6AE2CEB8"/>
     <w:rsid w:val="6AE74924"/>
     <w:rsid w:val="6AEB9E1B"/>
     <w:rsid w:val="6AEC3BF2"/>
     <w:rsid w:val="6AF02BCF"/>
     <w:rsid w:val="6AF8EAFE"/>
     <w:rsid w:val="6B061726"/>
     <w:rsid w:val="6B0AA2D4"/>
     <w:rsid w:val="6B0B907F"/>
     <w:rsid w:val="6B1380F7"/>
     <w:rsid w:val="6B14FFFF"/>
     <w:rsid w:val="6B15C505"/>
     <w:rsid w:val="6B17AB3F"/>
     <w:rsid w:val="6B18136F"/>
     <w:rsid w:val="6B1A2AFC"/>
     <w:rsid w:val="6B1CA52C"/>
     <w:rsid w:val="6B1D30B8"/>
     <w:rsid w:val="6B36FB32"/>
     <w:rsid w:val="6B3D2F2E"/>
     <w:rsid w:val="6B3FC768"/>
     <w:rsid w:val="6B42720C"/>
     <w:rsid w:val="6B43008E"/>
     <w:rsid w:val="6B4A2ACB"/>
+    <w:rsid w:val="6B4F21A4"/>
     <w:rsid w:val="6B50E801"/>
     <w:rsid w:val="6B5CD723"/>
     <w:rsid w:val="6B61B63A"/>
     <w:rsid w:val="6B665252"/>
     <w:rsid w:val="6B6862E3"/>
     <w:rsid w:val="6B699127"/>
     <w:rsid w:val="6B6A9331"/>
     <w:rsid w:val="6B75BD2D"/>
     <w:rsid w:val="6B7668FA"/>
     <w:rsid w:val="6B77BC27"/>
     <w:rsid w:val="6B784936"/>
     <w:rsid w:val="6B829944"/>
     <w:rsid w:val="6B86DD2E"/>
     <w:rsid w:val="6B88980B"/>
     <w:rsid w:val="6B90E1B5"/>
     <w:rsid w:val="6B99D9BE"/>
     <w:rsid w:val="6B9ACAC5"/>
     <w:rsid w:val="6B9FF030"/>
     <w:rsid w:val="6BA976BA"/>
     <w:rsid w:val="6BA9C8AB"/>
     <w:rsid w:val="6BADDADA"/>
     <w:rsid w:val="6BB0F564"/>
     <w:rsid w:val="6BB1E31C"/>
     <w:rsid w:val="6BBDC90E"/>
+    <w:rsid w:val="6BC98266"/>
+    <w:rsid w:val="6BCD78B6"/>
     <w:rsid w:val="6BCE1797"/>
     <w:rsid w:val="6BCF1F03"/>
     <w:rsid w:val="6BD0BD3A"/>
     <w:rsid w:val="6BD22B22"/>
     <w:rsid w:val="6BDC6734"/>
     <w:rsid w:val="6BE42443"/>
     <w:rsid w:val="6BEF81DB"/>
     <w:rsid w:val="6BF0F032"/>
     <w:rsid w:val="6BF6712C"/>
     <w:rsid w:val="6BFCD7B1"/>
     <w:rsid w:val="6C06E5B0"/>
     <w:rsid w:val="6C296B19"/>
     <w:rsid w:val="6C2BE33D"/>
     <w:rsid w:val="6C3007D9"/>
     <w:rsid w:val="6C410AE4"/>
     <w:rsid w:val="6C44985E"/>
     <w:rsid w:val="6C464254"/>
     <w:rsid w:val="6C465876"/>
     <w:rsid w:val="6C4AD70D"/>
     <w:rsid w:val="6C4B660F"/>
     <w:rsid w:val="6C4DA7EB"/>
     <w:rsid w:val="6C5AD0C1"/>
     <w:rsid w:val="6C5D0FA7"/>
     <w:rsid w:val="6C64455E"/>
     <w:rsid w:val="6C654B9B"/>
@@ -38410,50 +38858,51 @@
     <w:rsid w:val="6CFAD132"/>
     <w:rsid w:val="6D060239"/>
     <w:rsid w:val="6D065B37"/>
     <w:rsid w:val="6D0F71F7"/>
     <w:rsid w:val="6D14FE3A"/>
     <w:rsid w:val="6D277AEA"/>
     <w:rsid w:val="6D2D0B51"/>
     <w:rsid w:val="6D2F1721"/>
     <w:rsid w:val="6D3392AF"/>
     <w:rsid w:val="6D384011"/>
     <w:rsid w:val="6D3FBED0"/>
     <w:rsid w:val="6D46C429"/>
     <w:rsid w:val="6D53082D"/>
     <w:rsid w:val="6D55859F"/>
     <w:rsid w:val="6D572DFB"/>
     <w:rsid w:val="6D5B6A3A"/>
     <w:rsid w:val="6D61B9AD"/>
     <w:rsid w:val="6D635D84"/>
     <w:rsid w:val="6D650413"/>
     <w:rsid w:val="6D6D7FEF"/>
     <w:rsid w:val="6D70176A"/>
     <w:rsid w:val="6D7DDF2B"/>
     <w:rsid w:val="6D8A20C8"/>
     <w:rsid w:val="6D8C187D"/>
     <w:rsid w:val="6D918BB8"/>
+    <w:rsid w:val="6D98354D"/>
     <w:rsid w:val="6D99CEF4"/>
     <w:rsid w:val="6DA0A659"/>
     <w:rsid w:val="6DAD0324"/>
     <w:rsid w:val="6DAEC8E7"/>
     <w:rsid w:val="6DAF8D71"/>
     <w:rsid w:val="6DB0BDA1"/>
     <w:rsid w:val="6DB23768"/>
     <w:rsid w:val="6DBDF238"/>
     <w:rsid w:val="6DC255CB"/>
     <w:rsid w:val="6DC2D28D"/>
     <w:rsid w:val="6DCD041F"/>
     <w:rsid w:val="6DD5558B"/>
     <w:rsid w:val="6DD5A2AA"/>
     <w:rsid w:val="6DD7E774"/>
     <w:rsid w:val="6DD97C30"/>
     <w:rsid w:val="6DDFA902"/>
     <w:rsid w:val="6DE2511B"/>
     <w:rsid w:val="6DEA687E"/>
     <w:rsid w:val="6DEA9D0B"/>
     <w:rsid w:val="6DEF221D"/>
     <w:rsid w:val="6DF360A6"/>
     <w:rsid w:val="6DF89B04"/>
     <w:rsid w:val="6DFD2E5F"/>
     <w:rsid w:val="6E012E45"/>
     <w:rsid w:val="6E01A558"/>
@@ -38478,72 +38927,75 @@
     <w:rsid w:val="6E730536"/>
     <w:rsid w:val="6E7399F3"/>
     <w:rsid w:val="6E78E5C2"/>
     <w:rsid w:val="6E81AE25"/>
     <w:rsid w:val="6E8BADDA"/>
     <w:rsid w:val="6E902D9A"/>
     <w:rsid w:val="6E92DB2D"/>
     <w:rsid w:val="6E9692F1"/>
     <w:rsid w:val="6E9E7B5F"/>
     <w:rsid w:val="6EACF249"/>
     <w:rsid w:val="6EADCD2A"/>
     <w:rsid w:val="6EAED3C2"/>
     <w:rsid w:val="6EAF83AC"/>
     <w:rsid w:val="6EB7ECFE"/>
     <w:rsid w:val="6EC155E4"/>
     <w:rsid w:val="6EC8299F"/>
     <w:rsid w:val="6ECBAD64"/>
     <w:rsid w:val="6ECC309D"/>
     <w:rsid w:val="6ECFCD17"/>
     <w:rsid w:val="6ED700B0"/>
     <w:rsid w:val="6EDB78F8"/>
     <w:rsid w:val="6EDD71F6"/>
     <w:rsid w:val="6EDF0C6B"/>
     <w:rsid w:val="6EE10B7A"/>
     <w:rsid w:val="6EE4B584"/>
+    <w:rsid w:val="6EE6D052"/>
     <w:rsid w:val="6EEA0D27"/>
     <w:rsid w:val="6EEB959E"/>
     <w:rsid w:val="6EEE614E"/>
     <w:rsid w:val="6EF67B2F"/>
     <w:rsid w:val="6EFB826C"/>
     <w:rsid w:val="6EFB8D84"/>
     <w:rsid w:val="6F057561"/>
     <w:rsid w:val="6F0A70F8"/>
     <w:rsid w:val="6F165250"/>
     <w:rsid w:val="6F22655E"/>
     <w:rsid w:val="6F2640B8"/>
     <w:rsid w:val="6F3A453C"/>
     <w:rsid w:val="6F3CFB86"/>
     <w:rsid w:val="6F3DB1DB"/>
     <w:rsid w:val="6F3E6EFA"/>
     <w:rsid w:val="6F405894"/>
+    <w:rsid w:val="6F41C1CC"/>
     <w:rsid w:val="6F5544F3"/>
     <w:rsid w:val="6F5A38CF"/>
     <w:rsid w:val="6F6B8BD9"/>
     <w:rsid w:val="6F732CD9"/>
     <w:rsid w:val="6F734896"/>
     <w:rsid w:val="6F771AAD"/>
+    <w:rsid w:val="6F774CD7"/>
     <w:rsid w:val="6F7B064A"/>
     <w:rsid w:val="6F8314AB"/>
     <w:rsid w:val="6F83C5E5"/>
     <w:rsid w:val="6F84E011"/>
     <w:rsid w:val="6F855010"/>
     <w:rsid w:val="6F87CCCE"/>
     <w:rsid w:val="6F93072C"/>
     <w:rsid w:val="6F9759F1"/>
     <w:rsid w:val="6F9AD32D"/>
     <w:rsid w:val="6F9D30F4"/>
     <w:rsid w:val="6F9FCBF3"/>
     <w:rsid w:val="6FA3F531"/>
     <w:rsid w:val="6FA7165B"/>
     <w:rsid w:val="6FB1F6DC"/>
     <w:rsid w:val="6FC2B7D8"/>
     <w:rsid w:val="6FCDAE4C"/>
     <w:rsid w:val="6FD2F90E"/>
     <w:rsid w:val="6FD502C2"/>
     <w:rsid w:val="6FDAF8E1"/>
     <w:rsid w:val="6FEB9F2D"/>
     <w:rsid w:val="6FF1B26A"/>
     <w:rsid w:val="6FF9F963"/>
     <w:rsid w:val="6FFA87FE"/>
     <w:rsid w:val="6FFCCBE4"/>
     <w:rsid w:val="6FFD0D83"/>
@@ -38648,153 +39100,158 @@
     <w:rsid w:val="7251C97F"/>
     <w:rsid w:val="725AC21C"/>
     <w:rsid w:val="7265DA92"/>
     <w:rsid w:val="7271601D"/>
     <w:rsid w:val="727348E1"/>
     <w:rsid w:val="72736A71"/>
     <w:rsid w:val="72780AFD"/>
     <w:rsid w:val="728DFEC2"/>
     <w:rsid w:val="7295A795"/>
     <w:rsid w:val="729A2FF1"/>
     <w:rsid w:val="729C2FB2"/>
     <w:rsid w:val="72A5189A"/>
     <w:rsid w:val="72ACB739"/>
     <w:rsid w:val="72AEBC8C"/>
     <w:rsid w:val="72B0F609"/>
     <w:rsid w:val="72B289D9"/>
     <w:rsid w:val="72B54B31"/>
     <w:rsid w:val="72BC696E"/>
     <w:rsid w:val="72BF0E69"/>
     <w:rsid w:val="72C05D05"/>
     <w:rsid w:val="72C18F37"/>
     <w:rsid w:val="72C818EA"/>
     <w:rsid w:val="72CD0A16"/>
     <w:rsid w:val="72D45AAE"/>
     <w:rsid w:val="72DD584C"/>
+    <w:rsid w:val="72E05D42"/>
     <w:rsid w:val="72EBF544"/>
     <w:rsid w:val="72ECB845"/>
     <w:rsid w:val="72EEA49E"/>
     <w:rsid w:val="72F352BC"/>
     <w:rsid w:val="72FFC842"/>
     <w:rsid w:val="7302D659"/>
     <w:rsid w:val="730CA7B4"/>
     <w:rsid w:val="73112B94"/>
     <w:rsid w:val="731583EB"/>
     <w:rsid w:val="731A06CB"/>
     <w:rsid w:val="731C31FD"/>
     <w:rsid w:val="73296932"/>
     <w:rsid w:val="73350874"/>
     <w:rsid w:val="733629AD"/>
     <w:rsid w:val="7336B557"/>
     <w:rsid w:val="7346772C"/>
     <w:rsid w:val="7346A785"/>
     <w:rsid w:val="73471E9E"/>
     <w:rsid w:val="734AC0C4"/>
     <w:rsid w:val="734AE7D6"/>
     <w:rsid w:val="734DC2D2"/>
     <w:rsid w:val="7355E8C4"/>
     <w:rsid w:val="735C014A"/>
     <w:rsid w:val="73606BEE"/>
     <w:rsid w:val="7361495C"/>
     <w:rsid w:val="73657C79"/>
     <w:rsid w:val="73686E02"/>
     <w:rsid w:val="73694ADE"/>
     <w:rsid w:val="736CA692"/>
     <w:rsid w:val="73727622"/>
+    <w:rsid w:val="7374CF8D"/>
     <w:rsid w:val="73762123"/>
     <w:rsid w:val="73766398"/>
     <w:rsid w:val="7376F658"/>
     <w:rsid w:val="73778BEB"/>
     <w:rsid w:val="7378F0CD"/>
     <w:rsid w:val="737F7123"/>
     <w:rsid w:val="7383853A"/>
     <w:rsid w:val="73941875"/>
     <w:rsid w:val="7397BF04"/>
     <w:rsid w:val="73985B97"/>
     <w:rsid w:val="73A554C1"/>
     <w:rsid w:val="73AC8C1F"/>
     <w:rsid w:val="73AE7105"/>
     <w:rsid w:val="73B2313E"/>
     <w:rsid w:val="73BA3668"/>
     <w:rsid w:val="73BA7933"/>
     <w:rsid w:val="73C6AB91"/>
     <w:rsid w:val="73CA8F04"/>
     <w:rsid w:val="73D6FCFE"/>
     <w:rsid w:val="73E37B3D"/>
     <w:rsid w:val="73EF5199"/>
     <w:rsid w:val="73FD334D"/>
     <w:rsid w:val="73FF4CA0"/>
     <w:rsid w:val="74108E28"/>
     <w:rsid w:val="7411A5CB"/>
     <w:rsid w:val="7414F26B"/>
     <w:rsid w:val="742433A9"/>
     <w:rsid w:val="742D5AF7"/>
     <w:rsid w:val="74319753"/>
     <w:rsid w:val="7436369A"/>
     <w:rsid w:val="7436621B"/>
     <w:rsid w:val="7439EB3A"/>
     <w:rsid w:val="743EF44A"/>
     <w:rsid w:val="743F11C8"/>
     <w:rsid w:val="74415AED"/>
     <w:rsid w:val="7441C3B6"/>
+    <w:rsid w:val="745028A1"/>
     <w:rsid w:val="7456D5B8"/>
     <w:rsid w:val="745C1C04"/>
     <w:rsid w:val="745EEDBC"/>
     <w:rsid w:val="74629D25"/>
     <w:rsid w:val="7464536E"/>
     <w:rsid w:val="746888AB"/>
     <w:rsid w:val="747028CC"/>
     <w:rsid w:val="74739055"/>
     <w:rsid w:val="74745545"/>
     <w:rsid w:val="7479F619"/>
     <w:rsid w:val="747F86F7"/>
     <w:rsid w:val="74827C49"/>
     <w:rsid w:val="748316DB"/>
     <w:rsid w:val="7484D5CE"/>
     <w:rsid w:val="74896C1B"/>
     <w:rsid w:val="748F0555"/>
     <w:rsid w:val="74930AF6"/>
     <w:rsid w:val="7496F64E"/>
     <w:rsid w:val="74A16A72"/>
     <w:rsid w:val="74A21EE3"/>
     <w:rsid w:val="74A8BAC3"/>
     <w:rsid w:val="74B57616"/>
     <w:rsid w:val="74B5FD3E"/>
     <w:rsid w:val="74B71FE2"/>
     <w:rsid w:val="74B873FF"/>
     <w:rsid w:val="74BDB3D8"/>
     <w:rsid w:val="74CC3F1A"/>
     <w:rsid w:val="74CE2035"/>
+    <w:rsid w:val="74CF2667"/>
     <w:rsid w:val="74CFCEB8"/>
     <w:rsid w:val="74D37B93"/>
     <w:rsid w:val="74E2CC36"/>
     <w:rsid w:val="74E3B0BF"/>
     <w:rsid w:val="74E3F6E5"/>
     <w:rsid w:val="74E9968D"/>
     <w:rsid w:val="74F002D8"/>
     <w:rsid w:val="74F32ED2"/>
     <w:rsid w:val="74F45A0E"/>
+    <w:rsid w:val="75029AA7"/>
     <w:rsid w:val="75112CE8"/>
     <w:rsid w:val="751140E5"/>
     <w:rsid w:val="7512647B"/>
     <w:rsid w:val="7515085D"/>
     <w:rsid w:val="751A80C3"/>
     <w:rsid w:val="751AF1B4"/>
     <w:rsid w:val="75244BF4"/>
     <w:rsid w:val="7531B78F"/>
     <w:rsid w:val="7535E639"/>
     <w:rsid w:val="75377C16"/>
     <w:rsid w:val="75390409"/>
     <w:rsid w:val="753F2BFC"/>
     <w:rsid w:val="75448F7A"/>
     <w:rsid w:val="754729B7"/>
     <w:rsid w:val="75500831"/>
     <w:rsid w:val="75590607"/>
     <w:rsid w:val="75602C4B"/>
     <w:rsid w:val="756CAEAC"/>
     <w:rsid w:val="7575B8CF"/>
     <w:rsid w:val="757AF5AF"/>
     <w:rsid w:val="7586B732"/>
     <w:rsid w:val="7586F0BF"/>
     <w:rsid w:val="758A0F13"/>
     <w:rsid w:val="758C6993"/>
     <w:rsid w:val="7599F34E"/>
@@ -39104,64 +39561,67 @@
     <w:rsid w:val="7C33D363"/>
     <w:rsid w:val="7C3534A6"/>
     <w:rsid w:val="7C3DE28B"/>
     <w:rsid w:val="7C3ED34A"/>
     <w:rsid w:val="7C417945"/>
     <w:rsid w:val="7C45DA45"/>
     <w:rsid w:val="7C50DF00"/>
     <w:rsid w:val="7C5EDBFB"/>
     <w:rsid w:val="7C5F330D"/>
     <w:rsid w:val="7C633F1C"/>
     <w:rsid w:val="7C6B8CFE"/>
     <w:rsid w:val="7C6DE378"/>
     <w:rsid w:val="7C75CE5F"/>
     <w:rsid w:val="7C78186C"/>
     <w:rsid w:val="7C80C2BD"/>
     <w:rsid w:val="7C895487"/>
     <w:rsid w:val="7C8AFEAE"/>
     <w:rsid w:val="7C8ED5E7"/>
     <w:rsid w:val="7C9063EB"/>
     <w:rsid w:val="7C9A647F"/>
     <w:rsid w:val="7C9E56BB"/>
     <w:rsid w:val="7CA4E2CF"/>
     <w:rsid w:val="7CA643A3"/>
     <w:rsid w:val="7CA933B6"/>
     <w:rsid w:val="7CAF6832"/>
+    <w:rsid w:val="7CAFBDB7"/>
     <w:rsid w:val="7CB5C8C2"/>
     <w:rsid w:val="7CBE6E5F"/>
     <w:rsid w:val="7CD0BC9C"/>
     <w:rsid w:val="7CD800DA"/>
     <w:rsid w:val="7CE159B8"/>
     <w:rsid w:val="7CE2FD82"/>
     <w:rsid w:val="7CE6DA1E"/>
     <w:rsid w:val="7CE95D56"/>
+    <w:rsid w:val="7CEAA124"/>
     <w:rsid w:val="7CEEB09D"/>
     <w:rsid w:val="7CF1A628"/>
     <w:rsid w:val="7CF677F7"/>
     <w:rsid w:val="7D00223D"/>
     <w:rsid w:val="7D0097DE"/>
     <w:rsid w:val="7D039FDC"/>
+    <w:rsid w:val="7D067665"/>
     <w:rsid w:val="7D0D8EB4"/>
     <w:rsid w:val="7D17870E"/>
     <w:rsid w:val="7D19BCF1"/>
     <w:rsid w:val="7D1B1842"/>
     <w:rsid w:val="7D1BACA6"/>
     <w:rsid w:val="7D1F150F"/>
     <w:rsid w:val="7D207A3E"/>
     <w:rsid w:val="7D272B1A"/>
     <w:rsid w:val="7D27D332"/>
     <w:rsid w:val="7D2AE283"/>
     <w:rsid w:val="7D2BBE99"/>
     <w:rsid w:val="7D32B0AB"/>
     <w:rsid w:val="7D337C93"/>
     <w:rsid w:val="7D37A93A"/>
     <w:rsid w:val="7D38A3B9"/>
     <w:rsid w:val="7D5050EC"/>
     <w:rsid w:val="7D56E522"/>
     <w:rsid w:val="7D580F60"/>
     <w:rsid w:val="7D5A2685"/>
     <w:rsid w:val="7D6499D5"/>
     <w:rsid w:val="7D687C21"/>
     <w:rsid w:val="7D6A4D7C"/>
     <w:rsid w:val="7D715309"/>
     <w:rsid w:val="7D72FB51"/>
     <w:rsid w:val="7D759167"/>
@@ -41455,69 +41915,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...17 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100C1BD87A427708443AE665962BB129B72" ma:contentTypeVersion="3" ma:contentTypeDescription="Crie um novo documento." ma:contentTypeScope="" ma:versionID="7e1e65b19ac2e6667740189a8cb86b2f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7f253a25-39aa-4632-9d78-93a8e1ca5a1a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="97481f40741d994cd9a6eb98c878d2a3" ns2:_="">
     <xsd:import namespace="7f253a25-39aa-4632-9d78-93a8e1ca5a1a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7f253a25-39aa-4632-9d78-93a8e1ca5a1a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
@@ -41611,121 +42052,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{868C1F6C-E486-48D6-A74C-DA4E2E2872D8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7f253a25-39aa-4632-9d78-93a8e1ca5a1a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25135458-AEF1-45E7-8071-4FEE262DFF2B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CAB1B9E-0B62-448F-9733-4FDEA4E6CBC1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55724F43-5F3C-463E-9C5A-83DD63D0DCB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{f398df9c-fd0c-4829-a003-c770a1c4a063}" enabled="0" method="" siteId="{f398df9c-fd0c-4829-a003-c770a1c4a063}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>39</Pages>
-[...1 lines deleted...]
-  <Characters>60280</Characters>
+  <Pages>41</Pages>
+  <Words>11217</Words>
+  <Characters>60574</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>502</Lines>
-  <Paragraphs>142</Paragraphs>
+  <Lines>504</Lines>
+  <Paragraphs>143</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>PMSP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>71300</CharactersWithSpaces>
+  <CharactersWithSpaces>71648</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>EDITAL DE PREGÃO Nº XXX/2006/CGBS</dc:title>
   <dc:creator>d749276</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>